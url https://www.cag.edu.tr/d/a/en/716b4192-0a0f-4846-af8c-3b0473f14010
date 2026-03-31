--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -1,14848 +1,16213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11766" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1126"/>
-[...22 lines deleted...]
-        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="909"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="1074"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="2A9483F6" w14:textId="77777777" w:rsidTr="00260F95">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11766" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...8 lines deleted...]
-                <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1235145C" w14:textId="77777777" w:rsidR="0020009D" w:rsidRPr="0020009D" w:rsidRDefault="0020009D" w:rsidP="0020009D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020009D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="195AC027" w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w:rsidRDefault="0020009D" w:rsidP="0020009D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
-[...77 lines deleted...]
-              <w:t xml:space="preserve"> SCIENCES</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020009D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Faculty of Economics and Administrative Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="72C0692D" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+      <w:tr w:rsidR="00482527" w:rsidRPr="001B4DBF" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071075F" w:rsidRPr="001B4DBF" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00BF1299">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="2AF6F8D2" w:rsidR="0071075F" w:rsidRPr="00882061" w:rsidRDefault="0071075F" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00882061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>MAN 446</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="5FB44FC0" w:rsidR="0071075F" w:rsidRPr="0071075F" w:rsidRDefault="0071075F" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071075F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Business Simulation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="2364732F" w:rsidR="0071075F" w:rsidRPr="0071075F" w:rsidRDefault="0071075F" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071075F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3 (2-1-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="5FA3A445" w:rsidR="0071075F" w:rsidRPr="0071075F" w:rsidRDefault="0071075F" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071075F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="478D87A3" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="6666184E" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...87 lines deleted...]
-            <w:tcW w:w="2897" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Delivery Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="1B95D72D" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face to Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...20 lines deleted...]
-              <w:t>ECTS</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Type and Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="04CE366B" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Compulsory / 4th Year / Spring Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA7542" w14:paraId="11076FCD" w14:textId="77777777" w:rsidTr="00260F95">
-[...120 lines deleted...]
-            <w:tcW w:w="2897" w:type="dxa"/>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5401" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor's Title, Name, and Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Office Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23A83" w14:paraId="58B768C8" w14:textId="77777777" w:rsidTr="00260F95">
-[...116 lines deleted...]
-            <w:tcW w:w="2435" w:type="dxa"/>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...36 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="27754EED" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...112 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assist. Prof. Dr. Hazal E. MUTLU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92F4D2" w14:textId="5A61AD6B" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...141 lines deleted...]
-            <w:tcW w:w="2897" w:type="dxa"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13.25-15.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...360 lines deleted...]
-              <w:r w:rsidR="00774978" w:rsidRPr="00D8455B">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00F96934" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="6AA6A6CD" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="000013DA" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00DF7804" w:rsidRPr="00097FFA">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:b/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>hazalezgiozbek@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...20 lines deleted...]
-              <w:r w:rsidR="003F1DBC" w:rsidRPr="00DB3982">
+            <w:r w:rsidR="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCEC546" w14:textId="77777777" w:rsidR="00F96934" w:rsidRDefault="00DF7804" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Assistant: Res. Asst. Ersin İNAL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED79668" w14:textId="1EF2704A" w:rsidR="00DF7804" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00097FFA">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:b/>
-[...1 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>ersininal@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="16B07965" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="2359" w:type="dxa"/>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="001B4DBF" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E7B619" w14:textId="7EF74CB3" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Objectives</w:t>
+            </w:r>
+            <w:r w:rsidR="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00840B4D" w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Business Simulation course is built around a computer-based business simulation. Students taking this course will be working in peers. Each team should consider different decisions which are related to Strategy, Finance, Marketing, Operations, HR/Organisation and Research &amp; Development to manage their simulated company through a set time period. The aim of the course is to provide an experiential learning environment where different business functions playan important role. Students will have the opportunity to apply their learning from the earlier elements of their degree programme to the problems presented by the simulation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Learning Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upon successful completion of this course, the student will be able to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="0AC97161" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804" w:rsidRPr="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>xpress themselves professionally by using written and oral communication skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="65DA98EF" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="0E29F433" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="7DD3CB6D" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804" w:rsidRPr="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>se new technologies for businesses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="2DBD72B4" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="57E6210E" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="6BD75703" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804" w:rsidRPr="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">efine key elements for a </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DF7804" w:rsidRPr="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>start</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DF7804" w:rsidRPr="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-up business</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="7023A16E" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="21F4F651" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="7B55E7DA" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804" w:rsidRPr="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nderstand social responsibility of a business</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="1CDA9295" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="083621DE" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00DF7804" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C97D80A" w14:textId="596EFE74" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Combine theoretical information with implementation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0847AFD5" w14:textId="12248FFF" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41313AB2" w14:textId="1FB4D3AC" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63906508" w14:textId="19A38874" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Use the leadership teamworking and interrelations skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3580C7C9" w14:textId="31B699A4" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287D48BB" w14:textId="4530F7B4" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3CE84B" w14:textId="5E7FA873" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00840B4D" w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nderstand how business functions are connected</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A85499" w14:textId="070B6096" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C232C5" w14:textId="5A84FC22" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w14:paraId="0C488FEC" w14:textId="77777777" w:rsidTr="009D57AB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="073C0C36" w14:textId="77777777" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="009D57AB" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25AD1530" w14:textId="759CC5AE" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="004E7A8B" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C12944C" w14:textId="39867920" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00840B4D" w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nderstand how to use business decision making tools</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD01AD9" w14:textId="5452A6AF" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA2DEC3" w14:textId="01D16B02" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w14:paraId="42C320F4" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="03481D38" w14:textId="77777777" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="009D57AB" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00958F97" w14:textId="1A5896EE" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="004E7A8B" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B247B6" w14:textId="47E6F94A" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00840B4D" w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ake healthy decisions under pressure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4675CFE7" w14:textId="4AECD969" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B59FE0" w14:textId="7B5D814F" w:rsidR="009D57AB" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="001B4DBF" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="7E8A69A1" w:rsidR="001B5C97" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00840B4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Business Simulation course is built around a computer-based business simulation. Students taking this course will be wroking in peers. Each team should consider different decisions which are related to Strategy, Finance, Marketing, Operations, HR/Organisation and Research &amp; Development to manage their simulated company through a set time period.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Schedule (Weekly Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">king in peers. Each team should consider different decisions which are related to Strategy, Finance, Marketing, Operations, HR/Organisation and Research &amp; Development to manage their simulated company through a set time period. The aim of the course is to provide an experiential learning environment where different business functions playan important role. Students will have the opportunity to apply their learning from the earlier elements of their degree programme to the problems presented by the simulation. </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00032944" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Methods and Techniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w14:paraId="2D13CEA5" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="1510" w:type="dxa"/>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
-[...247 lines deleted...]
-            <w:tcW w:w="3625" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="08E4ACA9" w:rsidR="003923D0" w:rsidRPr="001B4DBF" w:rsidRDefault="004E7A8B" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Introduction and Meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:t>Relationship</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="0A5C43CF" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="320CCADE" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w14:paraId="17625CFA" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="1510" w:type="dxa"/>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...138 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="761990D0" w14:textId="01286E10" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tutorial 1 Interface of CapitalismLab</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0195B8CF" w14:textId="10843121" w:rsidR="003923D0" w:rsidRPr="001B4DBF" w:rsidRDefault="003923D0" w:rsidP="004E7A8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFA02F" w14:textId="59ECD19D" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007447F2">
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="603887B8" w:rsidR="003360EF" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="543B232D" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="004E7A8B" w:rsidRDefault="006443BA" w:rsidP="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tutorial 2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49527597" w14:textId="7BC15062" w:rsidR="003923D0" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Retail Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75F9D1" w14:textId="0E5DB3B1" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...13 lines deleted...]
-                <w:b/>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="2D543855" w:rsidR="003360EF" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46ABCA8A" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="004E7A8B" w:rsidRDefault="006443BA" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tutorial 3 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="4785D8D0" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="004E7A8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Manufacturing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="3BC34DF7" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="1301E02F" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74DB84BE" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="004E7A8B" w:rsidRDefault="006443BA" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tutorial 4 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E8C3390" w14:textId="24805D6B" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7A8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Brand Management, Brand Strategies &amp; Advertising</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="4E92CD34" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">define </w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="4A02339B" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8C9707" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="006443BA" w:rsidRDefault="006443BA" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006443BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tutorial 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206DAB37" w14:textId="0B8ADA7D" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006443BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Stock Market</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="70D720E0" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>key elements for a start-up business</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="5182948E" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EC9319" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="006443BA" w:rsidRDefault="006443BA" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006443BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tutorial 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65547CF4" w14:textId="56D40DEE" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006443BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Agricultural Manufacturing, Food Production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="08151B2D" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="1989DDDC" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="6EE123D6" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="003A56A7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="2AC94988" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="003A56A7" w:rsidP="003A56A7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="4E28A8CD" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="003A56A7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="08E09538" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="003A56A7" w:rsidP="003A56A7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="789BFCCD" w14:textId="77777777" w:rsidR="003A1A94" w:rsidRPr="003A1A94" w:rsidRDefault="003A1A94" w:rsidP="003A1A94">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A1A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tutorial 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645FD6BD" w14:textId="133E3ACA" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A1A94" w:rsidP="003A1A94">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A1A94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Research &amp; Development, Quality of Products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEF72" w14:textId="2CC0531B" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...13 lines deleted...]
-                <w:b/>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="59110555" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0715045B" w14:textId="77777777" w:rsidR="00EF0640" w:rsidRPr="00EF0640" w:rsidRDefault="00EF0640" w:rsidP="00EF0640">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF0640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tutorial 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2531C78E" w14:textId="4C54C883" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00EF0640" w:rsidP="00EF0640">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF0640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Headquarters, Management, &amp; Raw Material Production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C14D55" w14:textId="694110C4" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>By Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="7D06617F" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lectures &amp; Tutorials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="36BE47C9" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00E36528" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36528">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trial Challenge Game I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37145211" w14:textId="4DF6D7F5" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Lecturer &amp; Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="133689F2" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Individual Practice &amp; Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="2FA3F9FD" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00E36528" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36528">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trial Challenge Game I</w:t>
+            </w:r>
+            <w:r w:rsidR="00E87195">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AFD50" w14:textId="6BBFFFA3" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Lecturer &amp; Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14AD2C" w14:textId="0896D27B" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Individual Practice &amp; Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="4600CFF9" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00882061" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>TEAM</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Challenge Game</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="1D536850" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Lecturer &amp; Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216638D" w14:textId="01D633C5" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Team Practice &amp; Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="35611BE5" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00882061" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36528">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trial Challenge Game I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="4F363B0A" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Lecturer &amp; Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7A335A" w14:textId="07F22506" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Practice &amp; Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="5CB39316" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="007270D8" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r w:rsidR="00882061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Challenge Game</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="4ECE913A" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Lecturer &amp; Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="4C814822" w:rsidR="006443BA" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final Game </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882061" w:rsidRPr="001B4DBF" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="00552A46">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00882061" w:rsidRPr="001B4DBF" w:rsidRDefault="00882061" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="7FAED96B" w:rsidR="00882061" w:rsidRPr="001B4DBF" w:rsidRDefault="00882061">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00140A75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Challenge Game</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Final Presentation</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Report Submission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="2D48E3BF" w:rsidR="00882061" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="03C962C3" w:rsidR="00882061" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation &amp; Report Submission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882061" w:rsidRPr="001B4DBF" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="00552A46">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00882061" w:rsidRPr="001B4DBF" w:rsidRDefault="00882061" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="5D756771" w:rsidR="00882061" w:rsidRPr="001B4DBF" w:rsidRDefault="00882061">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00140A75">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Challenge Game</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Final Presentation</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7804">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Report Submission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="6055D626" w:rsidR="00882061" w:rsidRPr="001B4DBF" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>By Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="2741BE78" w:rsidR="00882061" w:rsidRPr="004D2FA8" w:rsidRDefault="00840B4D" w:rsidP="00840B4D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D2FA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation &amp; Report Submission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF085FE" w14:textId="0501C04C" w:rsidR="006443BA" w:rsidRPr="003A56A7" w:rsidRDefault="006443BA" w:rsidP="003A56A7">
+            <w:pPr>
+              <w:pStyle w:val="ListeParagraf"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recommended References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D75E96" w14:textId="71EB8C5B" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tutorial Documents: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00097FFA">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://www.cag.edu.tr/tr/akademik-kadro/484/dosyalar?f=e6db16c5-fcf1-4f35-840d-8907cb78fdd1</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Assessment and Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="10EABE0A" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Simulation Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="18894194" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="3DB4CD81" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="5C3CA00F" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="3C81EC5B" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="02408D67" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidR="003A56A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="5F552D6F" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="2444BE31" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="017D5ED2" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="41AB4CD2" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out-of-Class Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="63AEFD68" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="4B3C65CF" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="006443BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FF27EF" w14:textId="671A86AC" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42ABE267" w14:textId="068365EB" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57195671" w14:textId="79E9A4D6" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="3F835DD1" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Challenge Games</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="6A3FE29D" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="6BDC1AD7" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="5836D36A" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A075CD" w14:paraId="0AC9C5FC" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="1510" w:type="dxa"/>
+      <w:tr w:rsidR="006443BA" w:rsidRPr="001B4DBF" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="0F2DC735" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Challenge Game</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="764EA473" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="634AB33C" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...29 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="5A0536CA" w:rsidR="006443BA" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="01C77555" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...10 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Final Paper </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="5BECE105" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="29815DED" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4115 lines deleted...]
-            <w:tcW w:w="2735" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="62FD2729" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>166</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A075CD" w:rsidRPr="00183415" w14:paraId="33E39B06" w14:textId="77777777" w:rsidTr="00260F95">
-[...74 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="1513C7F1" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="22D23A5D" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>180/30=6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C524EC3" w14:textId="58E359FE" w:rsidR="003A56A7" w:rsidRPr="001B4DBF" w:rsidRDefault="003A56A7" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-          </w:p>
-[...288 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32B9C495" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127" w:rsidP="00E67127"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="125B3C66" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRDefault="001E2F7E">
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F63EE23" w14:textId="77777777" w:rsidR="008C290E" w:rsidRDefault="008C290E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27B37E72" w14:textId="77777777" w:rsidR="008C290E" w:rsidRDefault="008C290E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="001B4DBF" w14:paraId="05640898" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6937311D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="001B4DBF" w:rsidRDefault="008C290E" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Past Term Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="001B4DBF" w14:paraId="226EC16B" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AA67A3" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="001B4DBF" w:rsidRDefault="008C290E" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DFEE676" wp14:editId="24475BA8">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4956CFCD" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="001B4DBF" w:rsidRDefault="008C290E" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41ED4B9E" wp14:editId="7A6BC369">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C06AB10" w14:textId="77777777" w:rsidR="008C290E" w:rsidRDefault="008C290E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13349EBE" w14:textId="1B6D3F98" w:rsidR="008C290E" w:rsidRDefault="008C290E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492D77B2" w14:textId="77777777" w:rsidR="008C290E" w:rsidRDefault="008C290E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11520" w:type="dxa"/>
-        <w:tblInd w:w="-1217" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1291"/>
+        <w:tblW w:w="10709" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2200"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="2259"/>
+        <w:gridCol w:w="2553"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="643"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="60BF8D2B" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="7385893A" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11520" w:type="dxa"/>
+            <w:tcW w:w="10709" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="AEAAAA"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03048DC6" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="32DD6C03" w14:textId="1908EE2C" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">MAN 446 Business Simulation Evaluation Rubric </w:t>
+              <w:t>Business Simulation Evaluation Rubric</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="2F89830F" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="7C23D8CC" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F9789DA" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="64EE639D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Student Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63903D38" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="28706D75" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="271A82F3" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="385C56B7" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="497597A3" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="06410C43" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Student ID:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F47231A" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="08802D73" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="58546CA8" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="049FD0FC" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F1E6A56" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="49777E53" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Criterion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8500" w:type="dxa"/>
+            <w:tcW w:w="7807" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CE238B7" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="083619D0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Performance Evaluating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DA6854B" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...12 lines deleted...]
-              <w:t>Point</w:t>
+          <w:p w14:paraId="1E88E402" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B16C6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="5002DBD1" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="3CD1B71E" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39D93DC7" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="02210621" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E23BF7A" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="47F4C467" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Insufficient</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C759067" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="141F87E7" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sufficient</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6531742A" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="18AD634A" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Successful</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35426AAA" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4EC6D477" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B16C6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="15DD8103" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="27C12C52" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18B7B586" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="546AC43A" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7807" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ABB8BED" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1EF6C61B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
-[...58 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04FDC0E3" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7C1AB5E6" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="4F89C19E" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="7F38523C" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38CE11B1" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1. Presentation and Writing Skills</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54898D37" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFB4F9F" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 3 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332A5C08" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 to 7 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B196D81" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8 to 10 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="198ADC76" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="392AE59C" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="2049"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB7D0EB" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD68A6E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Oral presentations cannot be understood because there is no logical sequencing of information; the presenter reads most or all of the project notes with little or no eye contact. The presenter is unprofessional, lacks confidence, is uncomfortable, and cannot answer basic questions. The report exhibits frequent and significant errors in APA-7 formatting and grammar rules and inadequate writing skills.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D898D9B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Information is presented in a sequence that the audience can follow. The presenter maintains eye contact with the audience with a few minor exceptions. On a few occasions, the presenter reads from notes; is comfortable for the most part and adequately answers questions; APA-7 formatting is employed appropriately, with a few minor errors in grammar rules and adequate writing skills.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="110A3F84" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The information is presented in a logical, interesting, and effective sequence that the audience can easily follow; the presenter maintains eye contact with the audience and rarely refers to notes; is professional, confident, comfortable, and answers questions effectively. APA-7 format is used accurately and consistently throughout the report; excellent word choice; uses language conventions effectively.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51335403" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="70C7FA1E" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="176"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB76870" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="402E7790" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comments:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51ADB836" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Measure ISLO: 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1080D4D9" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Students will be able to produce reports and presentations to accomplish effective and professional communication in different business settings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39724B85" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="57C61C19" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="703"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D331B5" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B26BA4E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="27A30261" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DAAFA92" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...21 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="6630DC26" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Simulation Score </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Simulation score consists of the computer given score to the activities that students undertake during the simulation session. The score evaluates the profitability, stock price, dominance in industry etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="535BB2DE" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="7B7A7B50" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 6 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FE9C3FD" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="24D9A047" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7 to 13 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4610BCD7" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="4BE69324" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>14 to 20 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B296EBB" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="67A7B3A0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="7109DF08" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="3425BF65" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="2668"/>
+          <w:trHeight w:val="1639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72D5A163" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="339F0361" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="089D4EC0" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...18 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="7651664B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The business which is founded by a student bankrupts. The founder does not achieve the goal and has no ability to arrive at an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>optimal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> solution to business problems.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15E2D1ED" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...18 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="2BCE4515" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The business, which was founded by a student, runs a profitable company, but partially arrives at an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>optimal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> solution to business problems.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="399C3116" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...18 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="233CF798" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The business which is founded by the student runs a profitable company, all of the goals are achieved, and the student has demonstrated the ability to arrive at </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>optimal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> solutions to business problems.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3813F77A" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="74F34833" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="47684A57" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="38542426" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="390"/>
+          <w:trHeight w:val="92"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="272C4AB4" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="693A9A07" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comment:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0833F90E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CE640E3" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Students will be able to demonstrate ability to arrive at </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>optimal</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> solutions to business problems using decision support tools.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="6B81E9E8" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22BE1C56" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...21 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+          <w:p w14:paraId="0EFB9DEC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3.  Definition of Major Business Concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65E63196" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 3 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0932F0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 to 7 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF40D29" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8 to 10 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA9ADEB" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="141D8596" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="53"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71F76BCE" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEFA7DC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Major business concepts are not defined clearly and sufficiently in the report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74077DA8" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Major business concepts are mostly defined clearly and sufficiently in the report. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6C94F5" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Major business concepts are fully defined clearly and sufficiently in the report, and the definitions are explained in detail.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="069B6FD2" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="4F541FF2" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="53"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9A8B1B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D76CD2" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comments:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D7657E2" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 3  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6016374B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Students will be able to define major business concepts within the traditional areas of international business/finance and banking/trade and logistics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="192788F9" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="122"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="695A6FBD" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4. Social Responsibility (The social responsibility consists of several factors, such as the number of employees, products that the company produces, the investment in civic and sports facilities in the city.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7D83EB" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 3 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="633ABB8A" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 to 7 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F398FEC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8 to 10 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E533510" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="01FE5985" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="1225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBE69FD" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF4C4DC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A minimum effort is shown towards being a socially responsible company, which is not mentioned in the report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C30FD5E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>An average effort is shown towards being a socially responsible company and is not mentioned enough in the report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E74E9FE" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maximum effort is shown towards being a socially responsible company and is mentioned sufficiently in the report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6641B65F" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="3FA9BFE5" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="199"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BCF239" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA54350" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3B140CEF" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 4 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B41017F" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Students will be able to carry out the ethical and legal principles when making decisions in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>global</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> business environments</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E3225A" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="7405BF28" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="3C3815B2" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="390"/>
+          <w:trHeight w:val="148"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E338EED" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5. Integration of Theoretical and Practical Knowledge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFF1907" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 3 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="376FEFFE" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 to 7 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C56C3EE" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8 to 10 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07A76771" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="1B42DB44" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="676"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA5179E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E87ECF4" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Theoretical and practical knowledge is not sufficiently combined.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9A1D57" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Theoretical knowledge is mentioned in the report successfully, but the practical knowledge is combined moderately with the theory.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46645E22" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Theoretical knowledge is mentioned comprehensively in the report, and the practical knowledge is combined successfully with the theoretical knowledge.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="137C1BCA" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="430B748D" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE29319" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0532064B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comments: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B282769" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 5 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7CE1E0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Students will be able to combine the acquired theoretical and practical knowledge in the system that she/he lives.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F23C99" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="13E11DC3" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="3175CE07" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="148"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B83530D" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...21 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="29831D31" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6. Leadership &amp; Teamwork</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1815D465" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="26039DB8" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 3 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1881E2C9" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="73C6692B" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 to 7 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49E6066C" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="1DBD81D9" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8 to 10 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18912911" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0A2B129D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="6DE81E36" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="299E668C" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="2788"/>
+          <w:trHeight w:val="676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E3F783D" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="0F6DB6D7" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...22 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0C16D7" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A student is not able to be a team member, cannot communicate with others, and not fulfill his/her responsibilities.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...22 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD533EA" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The student can work as part of a team and communicate with others, but he or she is unable to fulfill his or her responsibilities adequately.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...22 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47354A96" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The student can be a team member and can communicate very well with others, using his/her leadership, teamwork, and interpersonal relationship abilities efficiently.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67777C4A" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="627B2745" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="1016B301" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="4C0117D6" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="120"/>
+          <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD0D297" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="322BBA81" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comments:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529EC3EC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 6 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCF2581" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Students will be able to use leadership, team working and interpersonal relationship abilities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38DE8780" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="30B784E2" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CDBFD11" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...21 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="60FC3A84" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7. Use of Business Functions (Finance, Marketing, Production Management, Human Resource, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E887455" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...21 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="475DC89F" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 to 3 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73E39DCB" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="73E66076" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4 to 7 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E29686F" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...22 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="680F93DD" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8 to 10 points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38A86F02" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="4E160EBA" w14:textId="77777777" w:rsidTr="008C290E">
+        <w:trPr>
+          <w:trHeight w:val="1951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B718DD3" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5A8237" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Most of the business functions are not used and not clearly explained in the report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1142320E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Business functions are used, and each of them is explained properly in the report, and they are interrelated at the minimum level.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3386EDCC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Business functions are used and each of them is explained in detail in the report, making it very easy to discuss the functions and relationships among the functions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1598558D" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5A5D731D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="4F3B618D" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="3B904EB7" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="120"/>
+          <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3FE4B0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...39 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11351C17" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comments:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D836444" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 7 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74AA4A3C" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Students will be able to discuss the functions and relationship among the functions of business administration such as accounting, finance, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>marketing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, management and production.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43EECF37" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="587C3608" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="7105FEC8" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="92"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="341A3717" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...21 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="2A28A53D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8. Coordination of Management Functions Skills (Planning, Organizing, Directing, Controlling)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CC0312A" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7457D811" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0 to 3 points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="242B00DC" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="69090C3E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 to 7 points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2900" w:type="dxa"/>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20CCC147" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1B27A155" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8 to 10 points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A1F93F6" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5A65088D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="5659A752" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="1930EDF6" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="1195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3031BFCD" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="0E0C3EA3" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F97EEB7" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...18 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="06CBAFFC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Management functions are not used in a logical way; the strategy is selected randomly and is not related to the components.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02ADDB1E" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...18 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="4F2B15F0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Management functions are used properly, strategy is selected logically and is related to the components.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62BBD275" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...18 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="42F5654A" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Each of the management functions is examined in detail. A strategy is selected and explained logically. The student can easily coordinate the components.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A85B410" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5B3B9E33" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="6584541E" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="725BC931" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="435"/>
+          <w:trHeight w:val="897"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0525AB45" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="112832B0" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66083FCC" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="4E2D3B64" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 8 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384C40AC" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Students will be able to coordinate functions of management such as planning, organizing, directing and controlling in different business settings.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6059DC0D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="2656948C" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="181B6454" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
-[...78 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="628D8883" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...32 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="46426146" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ABAF8A2" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...16 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="7B9A99A9" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>0 to 3 points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21E14009" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7505E36D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4 to 7 points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2900" w:type="dxa"/>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5962634C" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7DF2B053" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8 to 10 points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E884622" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6263575D" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="0A3F61B2" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="14A19559" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="1595"/>
+          <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7735405C" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="6DE4A050" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.  Analytical/ Critical Thinking Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E706EF" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The concept, or idea, is not clearly articulated, or its component elements are not identified or described; research information is poorly organized, categorized, and/or superficially examined; information is often inaccurate or incomplete.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1801F1FE" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The student adequately identifies and describes the concept, or idea, and its components; gathers and examines information relating to the concept, or idea; and satisfactorily presents and appraises information with only minor inconsistencies, irrelevancies, or omissions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...21 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DAD57CB" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The student effectively formulates a clear description of the concept or idea and specifies major elements to be examined; selects and prioritizes information appropriate to address the concept or idea; accurately and appropriately analyzes and interprets relevant information precisely.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="643" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9DBBEE" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="1E0DDB45" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008B16C6" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w14:paraId="38E80474" w14:textId="77777777" w:rsidTr="00DD58B3">
+      <w:tr w:rsidR="008C290E" w:rsidRPr="008B16C6" w14:paraId="74D48BED" w14:textId="77777777" w:rsidTr="008C290E">
         <w:trPr>
-          <w:trHeight w:val="260"/>
+          <w:trHeight w:val="53"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
-[...2365 lines deleted...]
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EB426A" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8450" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...23 lines deleted...]
-              <w:rPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5F9021" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Comments:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="562947F6" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measure ISLO: 9 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BA7985" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="008C290E" w:rsidRDefault="008C290E" w:rsidP="008C290E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C290E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Students will be able to use analytical tools, critical thinking and research skills to solve contemporary business problems.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="648D4A6E" w14:textId="77777777" w:rsidR="008C290E" w:rsidRDefault="008C290E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46881DF9" w14:textId="77777777" w:rsidR="008C290E" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4DBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2078A9E9" w14:textId="71618DC1" w:rsidR="003237AD" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TabloKlavuzu"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="6421"/>
+        <w:tblW w:w="9312" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="43" w:type="dxa"/>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:bottom w:w="43" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6636"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1400"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="5BAB38FA" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="727A5F69" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Summary Performance Ratings on Programmatic ISLOs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="2070F367" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B5B625" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ISLOs/Program-Level Assessment Criterion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="201995CA" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="109432E3" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Given Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="5E68C06D" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28366E17" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presentation and Writing Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2A409F" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EFDEC8E" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="7C081BA0" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73AB0251" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Simulation Score </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Simulation score consists of the computer given score to the activities that students undertake during the simulation session. The score evaluates the profitability, stock price, dominance in industry etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0284CCC6" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB07869" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="27984E6E" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E18C4E8" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Definition of Major Business Concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7746D4D1" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="735F3C46" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="1A0AC1C7" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19059553" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Social Responsibility (The social responsibility consists of several factors, such as the number of employees, products that the company produces, the investment in civic and sports facilities in the city.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="063E4FF2" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8DB2A2" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="6C8CE34A" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29B8A95D" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Integration of Theoretical and Practical Knowledge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4625DC" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2730EE" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="6B7D0D8F" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73F87D00" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leadership &amp; Teamwork</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE0513A" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E98EB06" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="79F809B1" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="377E129F" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Use of Business Functions (Finance, Marketing, Production Management, Human Resource, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9D3859" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C879F52" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="3DBED213" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B98C3B6" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coordination of Management Functions Skills (Planning, Organizing, Directing, Controlling)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E98F30F" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB16D66" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="5B0A2D14" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C8DEBA8" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Analytical/ Critical Thinking Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B96742E" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F3F4FB" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w14:paraId="359E8886" w14:textId="77777777" w:rsidTr="00914D60">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="307047AF" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7AE23C" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C9255E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B45F396" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRPr="00C9255E" w:rsidRDefault="00D04C1F" w:rsidP="00914D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B0CEE63" w14:textId="77777777" w:rsidR="001E2F7E" w:rsidRPr="001E2F7E" w:rsidRDefault="001E2F7E" w:rsidP="001E2F7E"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="19649E23" w14:textId="10C85859" w:rsidR="006079CA" w:rsidRDefault="006079CA" w:rsidP="00E67127">
+    <w:p w14:paraId="0A2254A2" w14:textId="77777777" w:rsidR="00D04C1F" w:rsidRDefault="00D04C1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E078E31" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E6B309" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="076F33D1" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5023A0B5" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D91A0C" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C8ED1E" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373D5891" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="477B73C8" w14:textId="1CD37521" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7741372C" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEE7811" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ÇAĞ UNIVERSITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2680D901" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>FACULTY OF ECONOMICS AND ADMINISTRATIVE SCIENCES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3811B103" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SPRING SEMESTER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C09C08" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MAN 446 – BUSINESS SIMULATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FINAL REPORT ASSIGNMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2E8D84" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DF7B3AE" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deadline for Report: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B4F2ED" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F21237" w14:textId="2C5BBE3E" w:rsidR="00FA7AAC" w:rsidRDefault="00FA7AAC" w:rsidP="00E67127"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="006079CA" w:rsidSect="00E67127">
+    <w:p w14:paraId="62D84A55" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t>After the final challenge game,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> final report must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA88FB9" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1) Student should prepare a report </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1011">
+        <w:t>describing the related concepts such as</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439E74D0" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>Porter’s generic strategies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F429C7" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Business Functions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F38572" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Management Functions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16532B33" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Major Business Concepts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAD13A1" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>Supply chain and its elements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD6C1A1" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>Brand strategies, brand loyalty, brand awareness</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CF3BE5" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t xml:space="preserve">Financial statements </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>income statement and balance sheet, Stock exchange, stock price, credit limit,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>issues new shares</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53398427" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>R&amp;D and its importance for businesses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608F9C57" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>Supply, Demand, Necessity Index</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Quality terms for the products</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006D9D16" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="004C45E4" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C45E4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Social responsibility and its importance for companies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0830028D" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE2FA1">
+        <w:t>Strategies in the final challenge game</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DE9F7C" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B99293B" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="005363B7" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005363B7">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005363B7">
+        <w:t>ased on the final report students should complet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">e their reports by adding their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005363B7">
+        <w:t>simulation game play experience, social responsibil</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ity and relate these experiences </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005363B7">
+        <w:t>to the business concepts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCFA214" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t>The following points should be noted in the report prepared in this context:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418988C5" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve">- Strategies applied in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005363B7">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>final game</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve"> should be explained in the report. Photographs taken during the final game should be attached to the report (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve">at the end of the game, the company's income statement, balance sheet, photos of stores and factories, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C45E4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>photos of buildings built for social responsibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve">, stock screen, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>screen showing the achievement of goals,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t>score screen, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5450CD8C" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve">- The report should be written in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF6942">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>APA 7 format.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AEA67D9" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve">- The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772DF3">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t xml:space="preserve"> used in the report should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00772DF3">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>be specified in accordance with the format</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC640C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> if you use any definition to explain the brand strategy, you should write down the book or article as a reference in the appropriate format)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9ED090" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641C3C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The students must follow the deadline for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00641C3C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>project !</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="60B41142" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="00CC640C" w:rsidRDefault="00FB3744" w:rsidP="00FB3744">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">NOTE: You can see the evaluation criteria </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005363B7">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(RUBRIC)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at the bottom of the syllabus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67AE17C9" w14:textId="77777777" w:rsidR="00FB3744" w:rsidRPr="001B4DBF" w:rsidRDefault="00FB3744">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00FB3744" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4D772412" w14:textId="77777777" w:rsidR="000013DA" w:rsidRDefault="000013DA" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="62D0B919" w14:textId="77777777" w:rsidR="000013DA" w:rsidRDefault="000013DA" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="47CC22C7" w14:textId="77777777" w:rsidR="000013DA" w:rsidRDefault="000013DA" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4207F1B0" w14:textId="77777777" w:rsidR="000013DA" w:rsidRDefault="000013DA" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06121C61"/>
+    <w:nsid w:val="12FE3E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="20281ADE"/>
-[...720 lines deleted...]
-      <w:start w:val="5"/>
+    <w:tmpl w:val="A0D46308"/>
+    <w:lvl w:ilvl="0" w:tplc="C0786810">
+      <w:start w:val="13"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="420" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1140" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1860" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2580" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3300" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4020" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4740" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5460" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6180" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="38C76335"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="2F3A7F0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="845C548A"/>
-[...360 lines deleted...]
-      <w:start w:val="5"/>
+    <w:tmpl w:val="C1E2B458"/>
+    <w:lvl w:ilvl="0" w:tplc="5AA84F40">
+      <w:start w:val="13"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="780" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-[...6 lines deleted...]
-      <w:lvlText w:val="%1."/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="30916BCB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2076ABA8"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2340" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1980" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...214 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...17 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2775" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="926E03E4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1875" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...82 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...31 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...131 lines deleted...]
-    <w:rsid w:val="00FE0C82"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="000013DA"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00032944"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00056DE1"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="0020009D"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00232F31"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E16DA"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A1A94"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003A56A7"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004D2FA8"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="004E7A8B"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="006443BA"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="0071075F"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="007270D8"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="007F30DF"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00840B4D"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00882061"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C290E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D57AB"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D04C1F"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D267FE"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DF7804"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E36528"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E87195"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0640"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F13CE0"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FB3744"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71AC9F6E"/>
+  <w14:docId w14:val="382978FE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="009D57AB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="009D57AB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A56A7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:rsid w:val="00E67127"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="008C290E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...223 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="009D57AB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="009D57AB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A56A7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:rsid w:val="00E67127"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="008C290E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...223 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="16851566">
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ersininal@cag.edu.tr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hazalezgiozbek@cag.edu.tr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hazalezgiozbek@cag.edu.tr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cag.edu.tr/tr/akademik-kadro/484/dosyalar?f=e6db16c5-fcf1-4f35-840d-8907cb78fdd1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ersininal@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2023-2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Spring Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>MAN 446 Business Simulation</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="8.1825486099951786E-2"/>
+          <c:y val="0.28481848184818481"/>
+          <c:w val="0.8641615462807033"/>
+          <c:h val="0.56349834983498348"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>5</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="262920192"/>
+        <c:axId val="229014848"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="262920192"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="229014848"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="229014848"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="262920192"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:prstDash val="sysDot"/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Spring Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>MAN 446 - Business Simulation</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="145927168"/>
+        <c:axId val="229009664"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="145927168"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="229009664"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="229009664"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="145927168"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9431</Characters>
+  <Pages>7</Pages>
+  <Words>2217</Words>
+  <Characters>12640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11063</CharactersWithSpaces>
+  <CharactersWithSpaces>14828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>Samsung</dc:creator>
+  <dc:subject/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>