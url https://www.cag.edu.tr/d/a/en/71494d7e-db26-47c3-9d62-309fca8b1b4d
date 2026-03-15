--- v0 (2025-12-06)
+++ v1 (2026-03-15)
@@ -1,54 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="297"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="577"/>
         <w:gridCol w:w="1310"/>
         <w:gridCol w:w="60"/>
@@ -320,53 +321,52 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">TDE </w:t>
             </w:r>
             <w:r w:rsidR="004017BA" w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="0ADF8268" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="004017BA" w:rsidP="00833C72">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="54764CA8" w14:textId="0ADF8268" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="004017BA" w:rsidP="00A91E35">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Turkish Literature of Modernisation Period II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5967AF88" w14:textId="71671A52" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="004017BA" w:rsidP="00833C72">
@@ -399,52 +399,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="79C5E0D3" w14:textId="55FC5AAD" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00AD79B0" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00B72E52" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00B72E52" w:rsidRDefault="00A409CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -1244,69 +1242,107 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="0ACEB363" w:rsidR="00681162" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="00833C72">
-[...17 lines deleted...]
-              <w:t>Compulsory/ Undergraduate / 3.Year / Fall Semester</w:t>
+          <w:p w14:paraId="40C618F0" w14:textId="59677180" w:rsidR="00681162" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="00F52779">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compulsory/ Undergraduate / </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52779">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Year / </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52779">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spring</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00B72E52" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4979" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00B72E52" w:rsidRDefault="00A409CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1561,51 +1597,51 @@
           </w:tcPr>
           <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2586" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00AB2E0D" w:rsidP="000505DF">
+          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00E45C3B" w:rsidP="000505DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00902960" w:rsidRPr="00B72E52">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7224,1174 +7260,1494 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Textbook:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="389176DA" w14:textId="77777777" w:rsidR="007F633E" w:rsidRPr="00B72E52" w:rsidRDefault="007F633E" w:rsidP="007F633E">
-[...4 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="091CB7D6" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Korkmaz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ramazan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>vd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. (2016). </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yeni</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Türk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> El </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1839-2000)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. Ankara: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Grafiker</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yayınları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F896236" w14:textId="77777777" w:rsidR="007F633E" w:rsidRPr="00B72E52" w:rsidRDefault="007F633E" w:rsidP="007F633E">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2DC5368E" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cumhuriyet’in 100. Yılında 100 Türk Yazar, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ankara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Akademisyen yayınevi, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01CAA6B4" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İnci </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-              <w:t>Elmas</w:t>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Enginün</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...36 lines deleted...]
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B72E52">
+              </w:rPr>
+              <w:t>Cumhuriyet Dönemi Türk Edebiyatı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF085FE" w14:textId="5669F4F2" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tanpınar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...406 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>Edebiyat Üzerine Makaleler</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902960" w:rsidRPr="00B72E52" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00902960">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Recommended References:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44C42C51" w14:textId="77777777" w:rsidR="007F633E" w:rsidRPr="00B72E52" w:rsidRDefault="007F633E" w:rsidP="007F633E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00B72E52">
+          <w:p w14:paraId="0ECEBBF1" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Berna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Moran, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Edebiyat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Kuramı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Eleştiri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2C0CC20D" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Kaplan, Mehmet (2009). </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Araştırmaları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r w:rsidRPr="00A91E35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Antolojisi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="06D75E96" w14:textId="34E4F632" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="007F633E" w:rsidP="007F633E">
-[...4 lines deleted...]
-                <w:bCs w:val="0"/>
+          <w:p w14:paraId="007D3ABA" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tanpınar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ahmet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hamdi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2008). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">XIX. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Asır</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Türk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tarihi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. İstanbul: YKY Kaplan, Mehmet (2007). </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şiir</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tahlilleri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B72E52">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2:</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="5F42A86B" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haydar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ergülen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yeni Türk Şiiri Antolojisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B43E937" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atilla </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Özkırımlı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Çağdaş Türk Edebiyatı,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1756A7D8" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Memet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fuat, Çağdaş Türk Şiiri Antolojisi,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7271BA2B" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ali İhsan Kolcu, Modern Türk Şiiri Antolojisi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10000660" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dijital edebiyat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>blogları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>podcast</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kanalları </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C014300" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anchor / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spotify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Podcasters – Podcast </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>üretimi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="077444B3" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genially / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prezi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Etkileşimli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>sunumlar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="127C3782" w14:textId="77777777" w:rsidR="00A91E35" w:rsidRPr="00A91E35" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>StoryMapJS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mekân-temalı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>dijital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>hikâye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>anlatımı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="06D75E96" w14:textId="426A3DB5" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00A91E35" w:rsidP="00A91E35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mentimeter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Miro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Geri </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>bildirim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>fikir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A91E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>haritaları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902960" w:rsidRPr="00B72E52" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -8514,685 +8870,474 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="001A545C" w:rsidRPr="00B72E52" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="005979E3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041">
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="206EDFB6" w14:textId="213E1F75" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="1C5F942B" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5888FADE" w14:textId="0CE36EF7" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="0C988CD5" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="001A545C" w:rsidRPr="00B72E52" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="005979E3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041">
+          <w:p w14:paraId="1B9DB5E8" w14:textId="308387DB" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidR="0086022D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:r w:rsidR="0086022D" w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Assignment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C58554F" w14:textId="0C24C0EA" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="1448EF15" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33CD7661" w14:textId="790999E9" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="627725B1" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="001A545C" w:rsidRPr="00B72E52" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="005979E3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041">
-[...15 lines deleted...]
-              <w:t>Assignment</w:t>
+          <w:p w14:paraId="38B4D944" w14:textId="61B07A10" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="001A545C" w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2439FEE9" w14:textId="006275BC" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="0CFFE551" w14:textId="0FEDE659" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B138B3">
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FF4EB03" w14:textId="5C4B6AF6" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="500CFF36" w14:textId="34AA9F27" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B138B3">
+              <w:t>50%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="001A545C" w:rsidRPr="00B72E52" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="005979E3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041">
-[...15 lines deleted...]
-              <w:t>Presentation</w:t>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C386AF4" w14:textId="1A9805DB" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="273F1AB0" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B6BF518" w14:textId="13CFCF8A" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="15A0F9DC" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...7 lines deleted...]
-              <w:t>20%</w:t>
+            <w:r w:rsidRPr="00B138B3">
+              <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
-[...208 lines deleted...]
-          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="001A545C" w:rsidRPr="00B72E52" w:rsidRDefault="001A545C" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902960" w:rsidRPr="00B72E52" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00B72E52" w:rsidRDefault="00902960" w:rsidP="0009745F">
@@ -9584,892 +9729,944 @@
           </w:tcPr>
           <w:p w14:paraId="305EBC64" w14:textId="02E1E79F" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="0020087F">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="0020087F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC74E3" w14:textId="42F2D951" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="45DC74E3" w14:textId="03B5F312" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Assignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="357D0288" w14:textId="2F7F6068" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="357D0288" w14:textId="4D5808C7" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="44A23E9D" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="17D6DB9F" w14:textId="45559674" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="28B42FCA" w14:textId="1F48ECCC" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="28B42FCA" w14:textId="7F79CA03" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B72E52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="0020087F">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="0020087F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041">
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="67FF27EF" w14:textId="615FE01C" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="67FF27EF" w14:textId="7E47C82D" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42ABE267" w14:textId="575F61B9" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="42ABE267" w14:textId="22D7668D" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="57195671" w14:textId="634EE052" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="57195671" w14:textId="3C8600F8" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B72E52">
-[...7 lines deleted...]
-              <w:t>15</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="0020087F">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="0020087F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041">
+          <w:p w14:paraId="26407A65" w14:textId="21BEBF8B" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12A42939" w14:textId="64009AB5" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="12A42939" w14:textId="64009AB5" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECE207C" w14:textId="063BECCC" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="3ECE207C" w14:textId="063BECCC" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="04C11868" w14:textId="43F7F5D2" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="04C11868" w14:textId="43F7F5D2" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="0020087F">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="0020087F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4D88A7C9" w14:textId="487498D0" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="4D88A7C9" w14:textId="487498D0" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E99A2E3" w14:textId="638CDF39" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="0E99A2E3" w14:textId="638CDF39" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="370AA247" w14:textId="2F8937A5" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="370AA247" w14:textId="2F8937A5" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5041" w:rsidRPr="00B72E52" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="0020087F">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="0020087F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA53C42" w14:textId="4B09684B" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="5AA53C42" w14:textId="4B09684B" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Exam (Final Exam Duration + Final Exam Preparation) /</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Portfolyo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1005A983" w14:textId="34876581" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="1005A983" w14:textId="34876581" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4444D1E5" w14:textId="476FBD65" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="4444D1E5" w14:textId="476FBD65" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="35B88FE7" w:rsidR="00CD5041" w:rsidRPr="00B72E52" w:rsidRDefault="00CD5041" w:rsidP="00466279">
+          <w:p w14:paraId="1F3506B9" w14:textId="35B88FE7" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="002D5EE4">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="002D5EE4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w:rsidRDefault="00D74DE7" w:rsidP="00EC693D">
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="04CFC9FF" w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w:rsidRDefault="00D74DE7" w:rsidP="00D41B6B">
+          <w:p w14:paraId="21B894EB" w14:textId="04CFC9FF" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="002D5EE4">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="002D5EE4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w:rsidRDefault="00D74DE7" w:rsidP="00EC693D">
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="3131F912" w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w:rsidRDefault="00D74DE7" w:rsidP="00D41B6B">
+          <w:p w14:paraId="27F77D59" w14:textId="3131F912" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>214/30=7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="002D5EE4">
+      <w:tr w:rsidR="0086022D" w:rsidRPr="00B72E52" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="002D5EE4">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w:rsidRDefault="00D74DE7" w:rsidP="00EC693D">
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Credit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="080595A9" w:rsidR="00D74DE7" w:rsidRPr="00B72E52" w:rsidRDefault="00D74DE7" w:rsidP="00D41B6B">
+          <w:p w14:paraId="6C524EC3" w14:textId="080595A9" w:rsidR="0086022D" w:rsidRPr="00B72E52" w:rsidRDefault="0086022D" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2078A9E9" w14:textId="7210833A" w:rsidR="003237AD" w:rsidRPr="00B72E52" w:rsidRDefault="003237AD" w:rsidP="00BA4B70">
@@ -10515,142 +10712,139 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00B72E52" w:rsidRDefault="00A409CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Past Term Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00B72E52" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00B72E52" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="53E565EE">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00B72E52" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00B72E52" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10661,151 +10855,149 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00B72E52" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00B72E52" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72E52">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00B72E52" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00B72E52" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06150B40" w14:textId="77777777" w:rsidR="00AB2E0D" w:rsidRDefault="00AB2E0D" w:rsidP="0034027E">
+    <w:p w14:paraId="286FC5DB" w14:textId="77777777" w:rsidR="00E45C3B" w:rsidRDefault="00E45C3B" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4610342C" w14:textId="77777777" w:rsidR="00AB2E0D" w:rsidRDefault="00AB2E0D" w:rsidP="0034027E">
+    <w:p w14:paraId="7C937CE9" w14:textId="77777777" w:rsidR="00E45C3B" w:rsidRDefault="00E45C3B" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10834,58 +11026,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6816302B" w14:textId="77777777" w:rsidR="00AB2E0D" w:rsidRDefault="00AB2E0D" w:rsidP="0034027E">
+    <w:p w14:paraId="1DF6F28D" w14:textId="77777777" w:rsidR="00E45C3B" w:rsidRDefault="00E45C3B" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C20CCE1" w14:textId="77777777" w:rsidR="00AB2E0D" w:rsidRDefault="00AB2E0D" w:rsidP="0034027E">
+    <w:p w14:paraId="63B970B4" w14:textId="77777777" w:rsidR="00E45C3B" w:rsidRDefault="00E45C3B" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -11074,87 +11266,89 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A545C"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001B7798"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="003237AD"/>
@@ -11214,81 +11408,83 @@
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="007F29BE"/>
     <w:rsid w:val="007F633E"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="008021AB"/>
     <w:rsid w:val="0080694E"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086022D"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00902960"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="0098557B"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A409CF"/>
     <w:rsid w:val="00A4304D"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A91E35"/>
     <w:rsid w:val="00AB2E0D"/>
     <w:rsid w:val="00AD79B0"/>
     <w:rsid w:val="00AF598F"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B72E52"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B852DF"/>
     <w:rsid w:val="00B94FFB"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BA4B70"/>
     <w:rsid w:val="00BB0DE9"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
@@ -11301,76 +11497,79 @@
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CD0167"/>
     <w:rsid w:val="00CD5041"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D74DE7"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB6E30"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DD607F"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E12E17"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E31176"/>
+    <w:rsid w:val="00E45C3B"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E8745A"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00ED79A7"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F52779"/>
     <w:rsid w:val="00F66806"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -12877,157 +13076,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="168553984"/>
-        <c:axId val="150170432"/>
+        <c:axId val="148582400"/>
+        <c:axId val="175549824"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="168553984"/>
+        <c:axId val="148582400"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="150170432"/>
+        <c:crossAx val="175549824"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="150170432"/>
+        <c:axId val="175549824"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="168553984"/>
+        <c:crossAx val="148582400"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13260,157 +13459,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="173246464"/>
-        <c:axId val="150172736"/>
+        <c:axId val="148585984"/>
+        <c:axId val="175551552"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="173246464"/>
+        <c:axId val="148585984"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="150172736"/>
+        <c:crossAx val="175551552"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="150172736"/>
+        <c:axId val="175551552"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="173246464"/>
+        <c:crossAx val="148585984"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13643,157 +13842,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="168630272"/>
-        <c:axId val="150174464"/>
+        <c:axId val="149880832"/>
+        <c:axId val="175553280"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="168630272"/>
+        <c:axId val="149880832"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="150174464"/>
+        <c:crossAx val="175553280"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="150174464"/>
+        <c:axId val="175553280"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="168630272"/>
+        <c:crossAx val="149880832"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14019,157 +14218,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="173244928"/>
-        <c:axId val="166446208"/>
+        <c:axId val="149882368"/>
+        <c:axId val="183384256"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="173244928"/>
+        <c:axId val="149882368"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="166446208"/>
+        <c:crossAx val="183384256"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="166446208"/>
+        <c:axId val="183384256"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="173244928"/>
+        <c:crossAx val="149882368"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14492,73 +14691,73 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1089</Words>
-  <Characters>6211</Characters>
+  <Words>1160</Words>
+  <Characters>6613</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7286</CharactersWithSpaces>
+  <CharactersWithSpaces>7758</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>