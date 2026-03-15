--- v0 (2025-10-08)
+++ v1 (2026-03-15)
@@ -1,8285 +1,7926 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride3.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride4.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride5.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style6.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors6.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="897"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
-        <w:gridCol w:w="185"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
-        <w:gridCol w:w="255"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="92"/>
+        <w:gridCol w:w="274"/>
+        <w:gridCol w:w="1478"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="004368FF" w14:paraId="1F47B0BC" w14:textId="77777777">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="007625C6" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
-          <w:trHeight w:val="550"/>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="21EFB78C" w14:textId="0ACD805C" w:rsidR="00F4452B" w:rsidRPr="00F4452B" w:rsidRDefault="00982785" w:rsidP="00F4452B">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9CAB3" w14:textId="1AB356F4" w:rsidR="005A2B8A" w:rsidRPr="00FB3417" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C77B731" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRDefault="00BB4AD1" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Faculty of Arts and Sciences</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="52A808FD" w:rsidR="00BB4AD1" w:rsidRPr="007625C6" w:rsidRDefault="00BB4AD1" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Department of Turkish Language and Literature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="007625C6" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Unit Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="26B7702B" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...23 lines deleted...]
-              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TDE 262</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="15EB6990" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ottoman Turkish IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="51342AE8" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2-2-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="595ED5B4" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="173D4806" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Language of Instruction:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="162768A4" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F4452B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lesson Teaching Style:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="53AB9CE6" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00BB4AD1" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Face to face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Type and Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="07C3C9CB" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Undergraduate / Compulsory / 2. Year / Spring Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="6D6D2A43" w:rsidR="00F96934" w:rsidRPr="00F96934" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Title, Name and Surname of the Instructor of the Course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...4 lines deleted...]
-              <w:t>Faculty of Arts and Sciences, Department of Turkish Language and Literature</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1130" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Office Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contact Now</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="004368FF" w14:paraId="2F553C9D" w14:textId="77777777">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="005D588C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="24E4C9C4" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="006B3EBF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prof. Dr. Şirvan Kalsın </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...76 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20274A73" w14:textId="2EFF9F91" w:rsidR="005D588C" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tuesday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D5377C" w14:textId="1A21DCFB" w:rsidR="00F96934" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5DF00B" w14:textId="796B0814" w:rsidR="005D588C" w:rsidRPr="003537D4" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1130" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B927027" w14:textId="77777777" w:rsidR="00F96934" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Friday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FFFD552" w14:textId="77777777" w:rsidR="005D588C" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DCEC51D" w14:textId="37C4C8EC" w:rsidR="005D588C" w:rsidRPr="003537D4" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...494 lines deleted...]
-              <w:r w:rsidR="00EC1919" w:rsidRPr="00FA6718">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="7A50D078" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="005D588C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="004A57FF">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>sirvankalsin@cag.edu.tr</w:t>
+                <w:t>seyfettinozdemirel@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00EC1919">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00183415" w14:paraId="27F11FC8" w14:textId="77777777">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00833C72" w:rsidRDefault="00F96934" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00833C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3B751E" w14:textId="577E5422" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="007C5EE3" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Asisst. Prof. Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="006B3EBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Seyfettin Özdemirel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="007625C6" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="003537D4" w:rsidRPr="003537D4" w:rsidRDefault="003537D4" w:rsidP="003537D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003537D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Objectives of the Course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="003A0CE5" w:rsidRPr="00A8173B" w:rsidRDefault="003A0CE5" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Learning Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Upon successful completion of this course, the student will be able to:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="003A0CE5" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Relationships</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="003A0CE5" w:rsidRPr="00466279" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00466279" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Net Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="4237869A" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reads old post-Islamic written products.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="2088B1CB" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="5144A00B" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="4E8E3DE1" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Deciphers manuscript texts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="371984E0" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="50BC9B30" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="0684A9DB" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recognizes words of Arabic and Persian origin.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="690B4DD4" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="6E9A6E6E" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="6223436F" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recognizes the meters of Arabic words.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="71B5B0A7" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="3FA21E49" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="6B59AF14" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Learns the making of Persian compositions (tamalamas, etc.).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="6246F36C" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="00534BD1" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="6845A278" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>He works on various texts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="56F560B5" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="38914A19" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="4E8743F0" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00AF1F97" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recognizes Persian infinitive and hal roots.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="1E8BDDDE" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="4BD1DA11" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="00FD6846" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="007625C6" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Description:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="2FE0B8B8" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="00571482" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Examples from historical and literary texts: Examination of Arabic and Persian words.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Contents: (Weekly Lesson Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...3 lines deleted...]
-              <w:ind w:right="113"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subject</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="00A566C4" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching Methods and Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="470003E1" w14:textId="34831F80" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00BD4CC4" w:rsidP="00BD4CC4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabic phrases sample text reading </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="2AAFD084" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="005805A1" w:rsidP="005805A1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73073B8A" w14:textId="77777777" w:rsidR="00A075EB" w:rsidRPr="002C22B3" w:rsidRDefault="00A075EB" w:rsidP="00C82D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture, Discussion, Question-Answer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="630C4497" w14:textId="77841D1B" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A075EB" w:rsidP="00C82D13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="4063F438" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arabic phrases sample text reading</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="587FA269" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C98CD8" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="002C22B3" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture, Discussion, Question-Answer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23414219" w14:textId="672D3054" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6782E58E" w14:textId="77777777" w:rsidR="00614891" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabic adjectives </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BAB814A" w14:textId="4220DAB3" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="4ECFFE88" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="3AE1467C" w:rsidR="00614891" w:rsidRPr="00A075EB" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DAEEC4" w14:textId="77777777" w:rsidR="00614891" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Persian word construction and sample text reading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCC2790" w14:textId="2F778195" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="1038C32F" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="757E9975" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="742B2A7E" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Persian word construction and sample text reading</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="4E93D189" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="099EAC14" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="5FFB930C" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Persian word construction and sample text reading</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="032AF348" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B07A9" w14:textId="1F9C7826" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A075EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="514516A3" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="071E632E" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="77BB107D" w:rsidR="00614891" w:rsidRPr="004A1BA5" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1BA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lecture-Question </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1BA5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and answer-Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="3952513A" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="5E747BF3" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="260301F4" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="35C412E3" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="25500FCA" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="45ED5DBF" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="134D025D" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1BA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lecture-Question </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1BA5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and answer-Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="0B7A717B" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="48EE1D10" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00B17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="652EF126" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A1BA5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lecture-Question </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1BA5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and answer-Practice (text reading)-Exercise (word writing)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B35FFE" w14:textId="3D9DEB41" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="71DDD17E" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00B17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="41391EB7" w:rsidR="00614891" w:rsidRPr="00C82D13" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-Group work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="49EBCA65" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="65BAB114" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00B17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="46D306B7" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-Group work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="5BF0FF5C" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="46283218" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00B17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="50D6F65F" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-Group work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="2AF5EAAB" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Text-to-speech review study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="0F1696CB" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00B17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="69363CC8" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Flipped learning-Group work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00C82D13">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="2515849A" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>General review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="70A39594" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00B17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook, notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="0563F2D8" w:rsidR="00614891" w:rsidRPr="00C82D13" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lecture-Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="005805A1">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="4EAE3292" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="61D2B3C9" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005805A1">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF168A" w14:textId="0BD6E2C9" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="6B480D7E" w:rsidR="00614891" w:rsidRPr="007625C6" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00614891" w:rsidRPr="007625C6" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="00614891" w:rsidRPr="002540BC" w:rsidRDefault="00614891" w:rsidP="00614891">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5A8EDA" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="002C22B3" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KK1: Develi, H. (2008). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Osmanlı Türkçesi Klavuzu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Kesit Yayınları.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3011E0E6" w14:textId="762726B8" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KK2: Ergin, M.(2020). Osmanlıca Dersleri. Boğaziçi Yayınları.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recommended Reading:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E6EA74" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="002C22B3" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Devellioğlu, F.(2013). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Osmanlıca Türkçe Ansiklopedik Lugat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Aydın Kitabevi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22BD3B36" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="002C22B3" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Şemsettin Sami. (2015). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kamus-ı Türki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. TDK Yayınları.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="50953CA4" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Timurtaş, F.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> K.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2020). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Osmanlı Türkçesine Giriş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C22B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Alfa Yayınları.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course Assessment and Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Events</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Midterm Exam </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="7905C01A" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="25290F13" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="0814965A" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Written exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA78A11" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="096895BB" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Homework</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03778AE6" w14:textId="433D6F30" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C185354" w14:textId="68A3AF44" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F2F518" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB18371" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FBA075" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7047698A" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA8C672" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="6CA7ACFD" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="5A8ACF3A" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C98B5B" w14:textId="00CA429E" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Written exam.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>The aim of lesson</w:t>
-[...10 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...10 lines deleted...]
-              <w:t>Examples from historical and literary texts: Examination of Arabic and Persian words.</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="00466279" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D50C0" w14:paraId="7AC44CB4" w14:textId="77777777">
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="005D588C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Course duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="0F4AD1E3" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Learning Outcomes</w:t>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="498147EF" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3068" w:type="dxa"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Out-of-Class Work </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25DBC293" w14:textId="77777777" w:rsidR="008D50C0" w:rsidRDefault="008D50C0" w:rsidP="00FF0BC3">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="44629967" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Relationships</w:t>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="57185FA0" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D50C0" w14:paraId="3C9EB356" w14:textId="77777777">
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="005D588C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF8321E" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assignments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A772A1" w14:textId="0862084F" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...42 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E57125" w14:textId="075C575D" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C3588BB" w14:textId="77777777" w:rsidR="008D50C0" w:rsidRDefault="008D50C0" w:rsidP="00FF0BC3">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64324612" w14:textId="45D694D2" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8DF73" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD117A5" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3384D8C1" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="178609E5" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C36617F" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D470DAB" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="5D196499" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Prog. Outputs</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="0D72EB55" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Net Contribution</w:t>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="0E22FBA6" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D50C0" w:rsidRPr="00183415" w14:paraId="34AE1A08" w14:textId="77777777">
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="005D588C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="32353BDE" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5938" w:type="dxa"/>
-[...25 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="75446CA4" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4B433" w14:textId="3BF0B545" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="005D588C">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7565" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="007C5EE3" w:rsidRPr="00EC693D" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="3119E809" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>5.4</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D50C0" w:rsidRPr="00183415" w14:paraId="3CEE98D7" w14:textId="77777777">
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="005D588C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7565" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="007C5EE3" w:rsidRPr="00EC693D" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Total of 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="5A23E3F1" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...29 lines deleted...]
-              <w:t>5.4</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D50C0" w:rsidRPr="00183415" w14:paraId="1A28A503" w14:textId="77777777">
+      <w:tr w:rsidR="007C5EE3" w:rsidRPr="007625C6" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="005D588C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7565" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ECTS Credits:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="2DEC8266" w:rsidR="007C5EE3" w:rsidRPr="007625C6" w:rsidRDefault="007C5EE3" w:rsidP="007C5EE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...30 lines deleted...]
-              <w:t>5,5,5</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D50C0" w:rsidRPr="00183415" w14:paraId="4DCC6DAA" w14:textId="77777777">
+    </w:tbl>
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRDefault="003237AD"/>
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRDefault="003237AD">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-[...4423 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003237AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Past Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...176 lines deleted...]
-              <w:rPr>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="390EB51B" wp14:editId="3936B977">
-[...25 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="15C1BB4A">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="00810B31">
-              <w:rPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23437932" wp14:editId="326D2878">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA47C53" wp14:editId="69367B23">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="000C2B9A">
-              <w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E8D4A87" wp14:editId="49D08535">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A96DE31" wp14:editId="66E4DF37">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="900991778" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CD7847D" w14:textId="3CAC4F7D" w:rsidR="004334EC" w:rsidRPr="00183415" w:rsidRDefault="00F74AA7" w:rsidP="00BC3AD0">
-[...11 lines deleted...]
-              <w:rPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D71154E" wp14:editId="2C50FEB9">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="0FE4A47C">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FEB755E" w14:textId="77777777" w:rsidR="00253FDF" w:rsidRPr="00183415" w:rsidRDefault="00253FDF" w:rsidP="00BC3AD0">
-[...9 lines deleted...]
-            </w:pPr>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="007625C6" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF07A08" wp14:editId="0D867B99">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="729780621" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="658F462F" wp14:editId="4484698B">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1483050501" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="711D8062" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127"/>
-    <w:sectPr w:rsidR="00E67127" w:rsidSect="00286050">
+    <w:p w14:paraId="5269A0A7" w14:textId="3C516C45" w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidRDefault="003A4CE2"/>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="48DDE3A5" w14:textId="77777777" w:rsidR="00DB0B73" w:rsidRDefault="00DB0B73" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="71403781" w14:textId="77777777" w:rsidR="00DB0B73" w:rsidRDefault="00DB0B73" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...8 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-      </w:pPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7DD16140" w14:textId="77777777" w:rsidR="00DB0B73" w:rsidRDefault="00DB0B73" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="094C3D10" w14:textId="77777777" w:rsidR="00DB0B73" w:rsidRDefault="00DB0B73" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-    </w:lvl>
-[...1725 lines deleted...]
-</w:numbering>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="An image with a font, text, logo, graphic&#10;&#10;AI-generated content can be inaccurate."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...85 lines deleted...]
-    <w:rsid w:val="00FF0BC3"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00223C38"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="002424F9"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003B1EBD"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A1BA5"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00571482"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005805A1"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005A399F"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005D588C"/>
+    <w:rsid w:val="005F2033"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00614891"/>
+    <w:rsid w:val="00614D06"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006B3EBF"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="0074169F"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007C5EE3"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00805E54"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00927CC8"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="009349EB"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A075EB"/>
+    <w:rsid w:val="00A31787"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AA34F2"/>
+    <w:rsid w:val="00AF1F97"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B77F90"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BB4AD1"/>
+    <w:rsid w:val="00BD4CC4"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C82D13"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB48CF"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D100F3"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D76E4E"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB0B73"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DC6454"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02A53"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FD6846"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="tr-TR"/>
+  <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="44BD9BCC"/>
+  <w14:docId w14:val="6A0E76EB"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9530EC27-F04C-4D44-8662-EA7E8865F797}"/>
+  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8524,2406 +8165,6341 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu5">
-    <w:name w:val="Medium Shading 1 Accent 5"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KlavuzuTablo4-Vurgu1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
-    <w:name w:val="long_text"/>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00CF7236"/>
+    <w:link w:val="stBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Gl">
-[...2 lines deleted...]
-    <w:rsid w:val="00184DB9"/>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
     <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EC1919"/>
+    <w:rsid w:val="005D588C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="YerTutucuMetni">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007C5EE3"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="133791500">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1116677454">
+    <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1414162275">
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1739204943">
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirvankalsin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seyfettinozdemirel@cag.edu.tr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\21968511834\Desktop\grafiktasar-1.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\Hp\AppData\Roaming\Microsoft\Excel\Kopya%20grafiktasar-1%20(version%201).xlsb" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet5.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors6.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style6.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>2014 -2015 spring </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>semester</a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t> TDE </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>TDE 206 Ottoman Turkish IV</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...35 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>8</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>4</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-CF88-4477-ACC0-D206EEFD66A6}"/>
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="126817792"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="31423488"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="126817792"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="126817792"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="31423488"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="999" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>2015 -2016 spring </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>semester</a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t> TDE </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Bahar</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>TDE 206 Ottoman Turkish IV</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25372">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...37 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3172">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>12</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
                   <c:v>5</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="5">
-                  <c:v>12</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>4</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>4</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>5</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1592-4742-B21D-7A0CEA716EFC}"/>
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="1"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="1010803583"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3172">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="999" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="999" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1010803583"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="999" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>2016 -2017 spring </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>semester</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t> TDE </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>TDE 206 Ottoman Turkish IV</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25372">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...37 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3172">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>8</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>15</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-9252-4B78-AE60-2B4C10A409A8}"/>
+              <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="1"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="1010804063"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3172">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="999" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="999" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1010804063"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1002" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>2018- 2019 </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>Spring Semester</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
             </a:r>
-            <a:endParaRPr lang="tr-TR"/>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1002" b="1" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>TDE </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
             </a:r>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25416">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...37 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3177">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>11</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>9</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>8</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>4</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>5</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-2908-4BD9-A5F2-C543CBCEA5D4}"/>
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="1"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="1010520399"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3177">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1001" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="1"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1001" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="1010520399"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>2019- 2020 </a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en" baseline="0"/>
-              <a:t>Spring Semester</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
             </a:r>
-            <a:endParaRPr lang="tr-TR"/>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en"/>
-              <a:t>TDE </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
             </a:r>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...35 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
                   <c:v>7</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="7">
-                  <c:v>2</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>5</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>7</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-4B41-4453-9A5B-1E9B83BA17A3}"/>
+              <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="110078976"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="110076672"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="110078976"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="110078976"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="110076672"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
+</file>
+
+<file path=word/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1492079743"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079263"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1492079263"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079743"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors5.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors6.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style3.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style5.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style6.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -10931,51 +14507,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11042,65 +14618,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -11121,1518 +14697,110 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=word/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1403 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3217</Characters>
+  <Pages>4</Pages>
+  <Words>583</Words>
+  <Characters>3324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3774</CharactersWithSpaces>
+  <CharactersWithSpaces>3900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ÇAĞ UNIVERSITY</dc:title>
+  <dc:title>CAG UNIVERSITY</dc:title>
   <dc:subject/>
-  <dc:creator>30853879058</dc:creator>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>