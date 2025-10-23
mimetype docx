--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,37 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
@@ -49,287 +51,258 @@
         <w:gridCol w:w="366"/>
         <w:gridCol w:w="718"/>
         <w:gridCol w:w="27"/>
         <w:gridCol w:w="733"/>
         <w:gridCol w:w="1540"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A2B8A" w:rsidRPr="00207F34" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00207F34" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="23C9CAB3" w14:textId="0ECBF4A8" w:rsidR="005A2B8A" w:rsidRPr="00207F34" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>COURSE SYLLABUS</w:t>
+              <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DE1DD46" w14:textId="6F586419" w:rsidR="005A2B8A" w:rsidRPr="00207F34" w:rsidRDefault="008B648C" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vocational </w:t>
-[...10 lines deleted...]
-              <w:t>School</w:t>
+              <w:t>Vocational School</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00482527" w:rsidRPr="00207F34" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00207F34" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course </w:t>
-[...8 lines deleted...]
-              <w:t>Code</w:t>
+              <w:t>Course Unit Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00207F34" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Name</w:t>
+              <w:t>Course Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00207F34" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Credit</w:t>
+              <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00207F34" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTS </w:t>
-[...8 lines deleted...]
-              <w:t>Value</w:t>
+              <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00207F34" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74FD4430" w14:textId="3383B285" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="006C0926">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00207F34">
+          <w:p w14:paraId="74FD4430" w14:textId="3383B285" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="00073780" w:rsidP="006C0926">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HUK-232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332DDDD9" w14:textId="2CACD1CC" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -412,60 +385,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00681162" w:rsidP="00FB3417">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Prerequisite Courses</w:t>
-[...8 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC4E30B" w14:textId="25DF86DE" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="005F5C36" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
@@ -482,60 +446,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00681162" w:rsidP="007625C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Language of Instruction</w:t>
-[...8 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Language of Instruction:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26CBDD8E" w14:textId="6892836B" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="008B648C" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -546,329 +501,223 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00681162" w:rsidP="007625C6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Delivery Method</w:t>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Lesson Teaching Style:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="608EE131" w14:textId="7EEDD88A" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00073780" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Online (Zoom)</w:t>
+              <w:t>Online (zoom)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00207F34" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Course Type </w:t>
-[...26 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D6D351" w14:textId="2D288789" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00833C72">
-[...57 lines deleted...]
-              <w:t>Year Spring Semester</w:t>
+          <w:p w14:paraId="19D6D351" w14:textId="2D288789" w:rsidR="00681162" w:rsidRPr="00207F34" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00207F34" w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Elective Course/2. Year Spring Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00207F34" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00F96934" w:rsidP="00F96934">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Instructor's Title</w:t>
-[...35 lines deleted...]
-              <w:t>Last Name</w:t>
+              <w:t>Title, Name and Surname of the Instructor of the Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Class Time</w:t>
+              <w:t>Course Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
@@ -888,90 +737,90 @@
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Contact</w:t>
+              <w:t>Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00207F34" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68DC02A2" w14:textId="281CFBA3" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00DE0D80" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecturer Dilara ÇIPLAK</w:t>
+              <w:t>Lecturer. Lecturer Dilara Çıplak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78ECF92A" w14:textId="070649BB" w:rsidR="004B4EF5" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="004B4EF5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
@@ -979,250 +828,214 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B5DF00B" w14:textId="10DFDC28" w:rsidR="00A957CC" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="004B4EF5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10:15 AM -</w:t>
-[...17 lines deleted...]
-              <w:t>:45 AM</w:t>
+              <w:t>10.15- 11.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DCEC51D" w14:textId="342B00CA" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Thursday</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 9:00 AM - 4:30 PM</w:t>
+              <w:t>Thursday 09.00-16.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="406CD1B0" w14:textId="68B46B9E" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="008B648C" w:rsidP="00833C72">
+          <w:p w14:paraId="406CD1B0" w14:textId="68B46B9E" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00DE0D80" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>dilaraciplak@cag.edu.tr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00207F34" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00F96934" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Coordinator</w:t>
-[...8 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C3B751E" w14:textId="165AA264" w:rsidR="00F96934" w:rsidRPr="00207F34" w:rsidRDefault="00647559" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Lecturer Dilara ÇIPLAK</w:t>
+              <w:t>Lecturer. Lecturer Dilara Çıplak</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003537D4" w:rsidRPr="00207F34" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="003537D4" w:rsidRPr="00207F34" w:rsidRDefault="003537D4" w:rsidP="003537D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Objective</w:t>
+              <w:t>Objectives of the Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0CE5" w:rsidRPr="00207F34" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="003A0CE5" w:rsidRPr="00207F34" w:rsidRDefault="003A0CE5" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
@@ -1271,51 +1084,51 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00207F34" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Relationships</w:t>
+              <w:t>Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0CE5" w:rsidRPr="00207F34" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00207F34" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -1440,121 +1253,119 @@
           <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="659C2DB8" w14:textId="1D753475" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
+          <w:p w14:paraId="659C2DB8" w14:textId="579C0EE4" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gain experience in workplace applications</w:t>
+              <w:t>Explains and compares practices in the business environment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="3392DE1D" w14:textId="42C86E7C" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3 &amp; 6 &amp; 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="245FC917" w14:textId="183AA465" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5 &amp; 3 &amp; 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000229E6" w:rsidRPr="00207F34" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00C75F25">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1578,122 +1389,120 @@
           <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5676F5CC" w14:textId="431CFAAD" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
+          <w:p w14:paraId="5676F5CC" w14:textId="5421F89D" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Acquires knowledge about the business environment. </w:t>
+              <w:t xml:space="preserve"> Explains and interprets information about the business environment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2CC074F8" w14:textId="41E4F2DF" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3 &amp; 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6E540A1C" w14:textId="2C0A0127" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5 &amp; 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000229E6" w:rsidRPr="00207F34" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00C76EE7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1716,121 +1525,119 @@
           <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6B3CF6" w14:textId="57A29636" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
+          <w:p w14:paraId="1E6B3CF6" w14:textId="02E4E018" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Transfers their experiences from the university education process to their professional life.</w:t>
+              <w:t>Applies his/her experiences during the university education process to business life.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="130E6C82" w14:textId="68AB61A3" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3 &amp; 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="2B65611D" w14:textId="14A33B03" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5 &amp; 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000229E6" w:rsidRPr="00207F34" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00C76EE7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1854,121 +1661,119 @@
           <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1C26084B" w14:textId="4E2DB574" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
+          <w:p w14:paraId="1C26084B" w14:textId="31EC8F2E" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Assists in developing professional career goals. </w:t>
+              <w:t xml:space="preserve"> Explain and discuss professional career goals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7A18E382" w14:textId="1D8AD5C2" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3 &amp; 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="27DCF042" w14:textId="48B31241" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5 &amp; 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000229E6" w:rsidRPr="00207F34" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00C76EE7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1991,230 +1796,1691 @@
           <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2C60B735" w14:textId="1CAAC3E9" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
+          <w:p w14:paraId="2C60B735" w14:textId="040B6CA8" w:rsidR="000229E6" w:rsidRPr="00207F34" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Observes the duties and activities of professionals in the workplace.</w:t>
+              <w:t xml:space="preserve"> Explains and compares the duties and activities of professional experts in business life.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="1561474B" w14:textId="0155CB33" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3 &amp; 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="4FF8D652" w14:textId="4E2C9981" w:rsidR="000229E6" w:rsidRPr="000229E6" w:rsidRDefault="000229E6" w:rsidP="000229E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000229E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5 &amp; 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2584" w:rsidRPr="00207F34" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="008D2584" w:rsidP="008D2584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Content:</w:t>
+              <w:t>Course Description:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCAB1F0" w14:textId="5A52DAC3" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="008D2584">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00207F34">
-[...8 lines deleted...]
-              <w:t>Work experience during university education is beneficial in developing students' career goals. In this context, by taking the internship course, students complete internships related to their fields and have the opportunity to apply their experiences by creating a bridge between the educational process and working life. Furthermore, these gains enable them to easily adapt to the sector when they transition to their professional working life.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>experience</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>university</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>beneficial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>develop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>career</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>goals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>context</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>taking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>internship</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>carry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>out</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>internships</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>fields</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>chance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> transfer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>experiences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>creating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>between</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> life. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>addition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>these</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gains</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>them</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>easily</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>adapt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sector</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>when</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> they </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>transition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> life.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2584" w:rsidRPr="00207F34" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="008D2584" w:rsidP="008D2584">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Content: (Weekly Course Plan)</w:t>
+              <w:t>Course Contents: (Weekly Lesson Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2584" w:rsidRPr="00207F34" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="008D2584" w:rsidP="008D2584">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2379,78 +3645,78 @@
               <w:t xml:space="preserve">Internship File </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="66A1AA39" w14:textId="7FF3FB46" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Slide Presentation</w:t>
+              <w:t>Slide presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="630C4497" w14:textId="27C2D1A5" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Question and Answer</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2521,51 +3787,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="23414219" w14:textId="2272F69E" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00B50E56">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2635,51 +3901,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="6A682109" w14:textId="57D306C0" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Straightforward Presentation, Question and Answer</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2697,51 +3963,51 @@
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7BCC2790" w14:textId="3230CEA1" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>General information about the internship process</w:t>
+              <w:t>General information about the Internship Process</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6216AD61" w14:textId="3028417B" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -2750,51 +4016,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1B065C00" w14:textId="7AB3403D" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2811,51 +4077,51 @@
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="2DB57E5F" w14:textId="15FAE47A" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>General information about the institution where the internship is conducted</w:t>
+              <w:t>General information about the internship institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="26BDCA38" w14:textId="1F5907C7" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -2864,51 +4130,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="5A0399AA" w14:textId="18A1ADEB" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected presentation, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2926,51 +4192,51 @@
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0931D2E2" w14:textId="281C29FB" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Knowledge and experience gained during the internship</w:t>
+              <w:t>Knowledge and experience gained during the internship process</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5773CCF7" w14:textId="5D0C9D77" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -2979,51 +4245,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="108B07A9" w14:textId="2600F949" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3093,51 +4359,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="1BA15B95" w14:textId="2E385537" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Reflective Narrative, Question and Answer</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2584" w:rsidRPr="00207F34" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="008D2584" w:rsidP="008D2584">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3196,223 +4462,206 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="66EE9B06" w14:textId="24C96100" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="008D2584" w:rsidP="008D2584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00DA5951">
+      <w:tr w:rsidR="003E64BA" w:rsidRPr="00207F34" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="003E64BA" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="003E64BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE72139" w14:textId="4DEB6105" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t>Information regarding the completion of the internship process at a government institution</w:t>
+          <w:p w14:paraId="3BE72139" w14:textId="48BD37C3" w:rsidR="003E64BA" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="003E64BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF2690A" w14:textId="3C8B2371" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
+          <w:p w14:paraId="2CF2690A" w14:textId="1E1117A1" w:rsidR="003E64BA" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="003E64BA">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00207F34">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB47C99" w14:textId="5127DF39" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6AB47C99" w14:textId="10C4431F" w:rsidR="003E64BA" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="003E64BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="05C966E6" w14:textId="48FC0866" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t>Information regarding the completion of the internship process at private firms such as law offices</w:t>
+          <w:p w14:paraId="05C966E6" w14:textId="57EEAD51" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="00207F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Information on the fulfillment of the internship process in the State institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A7D3643" w14:textId="404779AE" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -3421,112 +4670,112 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="50975E5D" w14:textId="2EE9DCA2" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1242F594" w14:textId="79F2DCB6" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">The ability to find solutions to any problems encountered </w:t>
+          <w:p w14:paraId="1242F594" w14:textId="4EFD6131" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="00207F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Information on the fulfillment of the internship process in private enterprises such as lawyer's office, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="2DD3F5E0" w14:textId="43B6F42E" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -3535,113 +4784,113 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="378C5450" w14:textId="7A4394EF" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Straightforward Presentation, Question and Answer</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="49B35FFE" w14:textId="247E16D9" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t>Presentation on the Internship Process</w:t>
+          <w:p w14:paraId="49B35FFE" w14:textId="58A3609D" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="00207F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ability to provide a solution to any problem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="017669E5" w14:textId="256E8DE0" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -3650,112 +4899,112 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="36C928C5" w14:textId="621259CA" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="46BDADB8" w14:textId="5CF88DFC" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t>General Information About the Company Where the Internship Was Completed</w:t>
+          <w:p w14:paraId="46BDADB8" w14:textId="5F6C3493" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="00207F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Presentation about the Internship Process</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="75BE5125" w14:textId="102A6CA7" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -3764,113 +5013,113 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="213BE876" w14:textId="4C78AAB3" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Presentation, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="287BBCEB" w14:textId="32EC9B8D" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t>Knowledge and experience gained during the internship</w:t>
+          <w:p w14:paraId="287BBCEB" w14:textId="075F73B4" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="00207F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>General Information About the Internship Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2E0B48E8" w14:textId="28AA1866" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -3879,112 +5128,112 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="01F8B557" w14:textId="2EB2BA75" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="17983BCB" w14:textId="043CAD73" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
-[...13 lines deleted...]
-              <w:t>Overall Evaluation</w:t>
+          <w:p w14:paraId="17983BCB" w14:textId="6AD20DC4" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="003E64BA" w:rsidP="00207F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge and experience gained during the internship process</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="463A8CB9" w14:textId="092E8696" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -3993,51 +5242,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="4F3574F7" w14:textId="2C25F4E1" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Q&amp;A</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207F34" w:rsidRPr="00207F34" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00DA5951">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -4055,51 +5304,51 @@
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3C6A86DB" w14:textId="3A183B14" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Observation of Student Development</w:t>
+              <w:t>Observation of Students' Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5DC441A5" w14:textId="366A7E4B" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slide presentation</w:t>
@@ -4108,51 +5357,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4D1738B9" w14:textId="0CFABB85" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Projected Lecture, Question and Answer</w:t>
+              <w:t>Lecture with Reflection, Question and Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2584" w:rsidRPr="00207F34" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="008D2584" w:rsidRPr="00207F34" w:rsidRDefault="008D2584" w:rsidP="008D2584">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4427,90 +5676,90 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3241"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Recommended Resources:</w:t>
+              <w:t>Recommended Reading:</w:t>
             </w:r>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23171847" w14:textId="50CCC4F7" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Course Slides</w:t>
+              <w:t>Lecture Slides</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C0926" w:rsidRPr="00207F34" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4535,51 +5784,51 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Activities</w:t>
+              <w:t>Events</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -4745,72 +5994,72 @@
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72FA0587" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>This is a practical course; no exam is administered. It includes the submission of a portfolio.</w:t>
+              <w:t>It is a practice course and no exam is held. It includes file delivery.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A8D7E7A" w14:textId="7CB2FD2E" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>The evaluation criteria are specified in the internship file.</w:t>
+              <w:t>Evaluation criteria are specified in the internship file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C0926" w:rsidRPr="00207F34" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4891,51 +6140,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Assignment</w:t>
+              <w:t>Homework</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03778AE6" w14:textId="558A121A" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
@@ -5113,130 +6362,130 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA8C672" w14:textId="1800CEC0" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
+          <w:p w14:paraId="7EA8C672" w14:textId="1800CEC0" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BD1F23C" w14:textId="055B111A" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Active participation in discussions, group work, and in-class activities</w:t>
+              <w:t>Active participation in discussions, group work, and classroom activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C0926" w:rsidRPr="00207F34" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Final</w:t>
+              <w:t>Finale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1872788A" w14:textId="766EFE33" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -5249,105 +6498,105 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A86F748" w14:textId="4F274A52" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>60</w:t>
+              <w:t>60%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0541416B" w14:textId="77777777" w:rsidR="00207F34" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>This is a practical course with no exam. It includes an oral presentation.</w:t>
+              <w:t>It is a practice course and no exam is held. It includes oral presentation.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26C98B5B" w14:textId="33774C76" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="00207F34" w:rsidP="00207F34">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Presentation evaluation criteria are specified in the rubric.</w:t>
+              <w:t>The presentation evaluation criteria are specified in the rubric</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C0926" w:rsidRPr="00207F34" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5430,80 +6679,80 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
+              <w:t>Hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Total</w:t>
+              <w:t>Sum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C0926" w:rsidRPr="00207F34" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5737,51 +6986,51 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DF8321E" w14:textId="77777777" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Homework</w:t>
+              <w:t>Assignments</w:t>
             </w:r>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55A772A1" w14:textId="1830B6FD" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6099,51 +7348,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8D88F" w14:textId="359AB994" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="000231C7" w:rsidP="006C0926">
+          <w:p w14:paraId="75F8D88F" w14:textId="359AB994" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
@@ -6308,51 +7557,51 @@
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Total:</w:t>
+              <w:t>Sum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1139CD8F" w14:textId="7EDBA331" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="000231C7" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -6385,294 +7634,313 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Total / 30:</w:t>
+              <w:t>Total of 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51F8EF1F" w14:textId="76F6EA1F" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="000231C7" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>126</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 4.2</w:t>
+              <w:t>126÷ 30 ≈4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C0926" w:rsidRPr="00207F34" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53102">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="006C0926" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ECTS Credit:</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>AKTS Credits:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A18FD7F" w14:textId="58B0A5E0" w:rsidR="006C0926" w:rsidRPr="00207F34" w:rsidRDefault="000231C7" w:rsidP="006C0926">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00207F34" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00207F34" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="00207F34" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+          <w:p w14:paraId="6DFC2895" w14:textId="4D5DF7E9" w:rsidR="003237AD" w:rsidRPr="00207F34" w:rsidRDefault="003237AD" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00207F34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00207F34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00207F34" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05806513" w14:textId="1FE6BE09" w:rsidR="003237AD" w:rsidRPr="00207F34" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+          <w:p w14:paraId="05806513" w14:textId="5074ECD7" w:rsidR="003237AD" w:rsidRPr="00207F34" w:rsidRDefault="00374239" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30AEDD3B" wp14:editId="7B5A16B4">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId6"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427BA7FB" w14:textId="72152F71" w:rsidR="003237AD" w:rsidRPr="00207F34" w:rsidRDefault="003237AD" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6771,81 +8039,81 @@
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42343372" w14:textId="08944346" w:rsidR="000F34D6" w:rsidRPr="00207F34" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00207F34" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="5269A0A7" w14:textId="4789DC0F" w:rsidR="003A4CE2" w:rsidRPr="00207F34" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00207F34" w:rsidSect="00667FBE">
-      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40C1EC2B" w14:textId="77777777" w:rsidR="00B761DE" w:rsidRDefault="00B761DE" w:rsidP="0034027E">
+    <w:p w14:paraId="77D5A8C7" w14:textId="77777777" w:rsidR="005240E9" w:rsidRDefault="005240E9" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6283A9E2" w14:textId="77777777" w:rsidR="00B761DE" w:rsidRDefault="00B761DE" w:rsidP="0034027E">
+    <w:p w14:paraId="00CE29DF" w14:textId="77777777" w:rsidR="005240E9" w:rsidRDefault="005240E9" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -6853,128 +8121,128 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4733F1B7" w14:textId="77777777" w:rsidR="00B761DE" w:rsidRDefault="00B761DE" w:rsidP="0034027E">
+    <w:p w14:paraId="71BD3DCC" w14:textId="77777777" w:rsidR="005240E9" w:rsidRDefault="005240E9" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="010D96E6" w14:textId="77777777" w:rsidR="00B761DE" w:rsidRDefault="00B761DE" w:rsidP="0034027E">
+    <w:p w14:paraId="77EC012B" w14:textId="77777777" w:rsidR="005240E9" w:rsidRDefault="005240E9" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="986583607" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:docPr id="986583607" name="Resim 1" descr="An image with a font, text, logo, graphic&#10;&#10;AI-generated content can be inaccurate."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="189"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -7025,109 +8293,112 @@
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002A4B03"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002C7A33"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="002F2E85"/>
     <w:rsid w:val="00300688"/>
     <w:rsid w:val="00300F17"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="00314531"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00374239"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="00395753"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="003E64BA"/>
     <w:rsid w:val="0041452F"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00457F20"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00466A82"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00480008"/>
     <w:rsid w:val="00481915"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A654A"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004B4EF5"/>
     <w:rsid w:val="004B61AF"/>
     <w:rsid w:val="004D2A2C"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="005240E9"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="0055184E"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F5C36"/>
     <w:rsid w:val="005F68B6"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="006157E5"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00626699"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="006363E1"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00647559"/>
     <w:rsid w:val="006540F0"/>
     <w:rsid w:val="00667FBE"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="0068160A"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006C0926"/>
-    <w:rsid w:val="006C567E"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007301A4"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="0074149E"/>
     <w:rsid w:val="007457AF"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007777FA"/>
     <w:rsid w:val="00782DEB"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D0E19"/>
     <w:rsid w:val="007D12F1"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="00817002"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
@@ -7156,56 +8427,57 @@
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="009638D5"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009C6BB2"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A15BBD"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00A911DA"/>
     <w:rsid w:val="00A957CC"/>
     <w:rsid w:val="00A96799"/>
     <w:rsid w:val="00AB6306"/>
     <w:rsid w:val="00AE06C2"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B11CE1"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B421FB"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
-    <w:rsid w:val="00B761DE"/>
     <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B85387"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C13BCF"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C73830"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
@@ -7784,50 +9056,60 @@
     <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="AltBilgi"/>
     <w:rsid w:val="0034027E"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:rsid w:val="0068160A"/>
   </w:style>
   <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A15BBD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="YerTutucuMetni">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B11CE1"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8159,55 +9441,428 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Spring Semester 2024-2025</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>HUK232-Professional Internship</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>41</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-A72D-D444-9E21-6478D4F96E54}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="229170176"/>
+        <c:axId val="225914240"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="229170176"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="225914240"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="225914240"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="229170176"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -8486,75 +10141,76 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>640</Words>
-  <Characters>3651</Characters>
+  <Words>663</Words>
+  <Characters>3782</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4283</CharactersWithSpaces>
+  <CharactersWithSpaces>4437</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords>, docId:DD18BE54B792D3A39C8B641AEF586C52</cp:keywords>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>