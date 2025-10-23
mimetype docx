--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,14462 +1,14706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10140" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="197"/>
-[...19 lines deleted...]
-        <w:gridCol w:w="217"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="14"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="577"/>
+        <w:gridCol w:w="332"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="189"/>
+        <w:gridCol w:w="885"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="3FB037C0" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9943" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="1F3864" w:themeFill="accent1" w:themeFillShade="80"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Balk1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775EC03B" w14:textId="43B11AEF" w:rsidR="00D34D9C" w:rsidRPr="00D34D9C" w:rsidRDefault="00D34D9C" w:rsidP="00D34D9C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Higher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D34D9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vocational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D34D9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> School</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="1EA7693C" w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w:rsidRDefault="00B75E55" w:rsidP="00D34D9C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="24"/>
-[...27 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trade</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00041E5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="001B4DBF" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...26 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:iCs/>
-                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="51B86E5E" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="00F80793" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ENG - 207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="28E7A4AA" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="00F80793" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Professional English</w:t>
+            </w:r>
+            <w:r w:rsidR="001978C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="6D752561" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(2-1-3)3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="4227E3F6" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prerequisite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="520061D9" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="42F9FF11" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course Delivery </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="162B2975" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="15BB25EA" w:rsidR="00681162" w:rsidRPr="001978C3" w:rsidRDefault="003360EF" w:rsidP="00F80793">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Fall </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Associate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC7D67" w:rsidRPr="00CC7D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Degree</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00B75E55">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Name, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="00B75E55">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4696" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="089E2094" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B75E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ali Taner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92F4D2" w14:textId="31277147" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00F80793">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Monday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00F80793">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13.25-15.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="7FBE025A" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00B75E55" w:rsidP="00B75E55">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thursday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001978C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.00-12.3</w:t>
+            </w:r>
+            <w:r w:rsidR="001978C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2586" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="4E23A105" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00B75E55" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>alitaner</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="001978C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>@cag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="42AA20A4" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B75E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ali Taner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="001B4DBF" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E7B619" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>successful</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="57697CCA" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>list</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dialogues</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="482C17D5" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="5D9A7339" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="3EE12E2A" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>take</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>passages</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="5E9B1DE5" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="09432854" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="24AE72FF" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>questions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="7FD6BA05" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="706ED117" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="433C22AA" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>classify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>compare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>words</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="6BAB5E3B" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="6658507F" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C97D80A" w14:textId="108280A3" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>choose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>simple</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>workplace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>conversations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0847AFD5" w14:textId="284AE68F" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41313AB2" w14:textId="6514FCC3" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63906508" w14:textId="3C596BFC" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>prepare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>simple</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>field-specific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3580C7C9" w14:textId="5C7BCFCB" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287D48BB" w14:textId="7131C2DE" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3CE84B" w14:textId="0E85B557" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>develop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>positive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>attitude</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>towards</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>learning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>value</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> it.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A85499" w14:textId="14DF8267" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C232C5" w14:textId="1D0DAC6C" w:rsidR="003A0CE5" w:rsidRPr="001F13FF" w:rsidRDefault="0094346F" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="001B4DBF" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="3E379ACF" w:rsidR="001B5C97" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>designed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>level</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>help</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>develop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>addition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>included</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>level</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>coursebook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>also</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>focuses</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>improving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>their</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>field</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Through </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>structured</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lessons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>interactive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>students</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fundamental</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rules</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>understand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>simple</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, listen </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>comprehend</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>conversations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>communicate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>emphasize</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>expanding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>enhancing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>communication</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>improving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ability</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>both</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>orally</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Schedule (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weekly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="653CEFCA" w:rsidR="003923D0" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Requirements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="539E7D69" w:rsidR="003360EF" w:rsidRPr="001F13FF" w:rsidRDefault="00A53587" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reviewing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>syllabus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>textbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="04552180" w:rsidR="003360EF" w:rsidRPr="001F13FF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="7B272E02" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Around</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> World /  My </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>workplace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFA02F" w14:textId="1DA33F78" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revising</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="0D1865E0" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visuals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>games</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="5842BF00" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Welcome</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Studio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="435FCAF2" w14:textId="77777777" w:rsidR="00767031" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sentences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>introduce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>oneself</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7B75F9D1" w14:textId="56B9E03D" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="4E20E0BB" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, role </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="6E335659" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Day</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Night</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="0B95BFE1" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Listing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>talking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>daily</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>routines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="6A5EB5F8" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="72998512" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="4F86F4BF" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Getting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Know</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>You</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Activity”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="2C72691A" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="174451CE" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Professional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="206DAB37" w14:textId="3302F98B" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Academic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reading</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="6B6B17A9" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Word </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>list</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>including</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>field-specific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="3D1758F1" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>field-specific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="607CE408" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revision</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="45EF66F1" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reviewing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>terms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>previous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>units</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="46AE5D02" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001F13FF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645FD6BD" w14:textId="17AEF362" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Move</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Person</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="509E071F" w14:textId="77777777" w:rsidR="00767031" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Listing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>means</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>transportation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BBDEF72" w14:textId="5984114B" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Describing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>people</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>through</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visuals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="090092CB" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visual-supported</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>description</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, role </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2531C78E" w14:textId="12D79A2F" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>You</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Can</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="697DE2B5" w14:textId="77777777" w:rsidR="00767031" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Talking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="01C14D55" w14:textId="1D6F238E" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="7ED8F671" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>motivational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="3D81A2A3" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talk &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC83B7B" w14:textId="77777777" w:rsidR="00767031" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mesaj örneklerini inceleme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37145211" w14:textId="1E9EDA97" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00767031">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yazma projesi geri bildirim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="0B050CBC" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> role </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>written</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>communication</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3876C2" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="005D3338">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wearing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1506B42E" w14:textId="73B9FD70" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00574B61">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E048BED" w14:textId="77777777" w:rsidR="00767031" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Listing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>clothing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>items</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3AFD50" w14:textId="2F78C3C3" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Project </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14AD2C" w14:textId="46DB1EF4" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visual-supported</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>description</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>conversations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="2354808C" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="785BD971" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oral </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216638D" w14:textId="1D70A4F7" w:rsidR="00574B61" w:rsidRPr="001F13FF" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F13FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Feedback</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00574B61" w:rsidRPr="001B4DBF" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="75B190B1" w:rsidR="00574B61" w:rsidRPr="001B4DBF" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3&amp; 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="6ACC2D05" w:rsidR="00574B61" w:rsidRPr="00980526" w:rsidRDefault="00574B61" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Question-and-answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7A335A" w14:textId="6EEACA88" w:rsidR="00574B61" w:rsidRPr="00980526" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="2B2C3505" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="0AAB6A48" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Revision</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="5A17E30A" w:rsidR="001978C3" w:rsidRPr="00980526" w:rsidRDefault="00902C93" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reviewing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>previous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00980526">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>topics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
-[...41 lines deleted...]
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="11864E94" w:rsidR="001978C3" w:rsidRPr="00980526" w:rsidRDefault="00767031" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00767031">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00980526" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="644ED81F" w14:textId="77777777" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF0BC3" w:rsidP="00FF0BC3">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00980526" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...18 lines deleted...]
-          <w:p w14:paraId="3FC607F6" w14:textId="77777777" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF0BC3" w:rsidP="00FF0BC3">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w14:paraId="04AC2C8B" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF085FE" w14:textId="4E7ED20E" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...22 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Studio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1548" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Helbling</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0AFBCAF4" w14:textId="77777777" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="00433A79" w:rsidP="00FF0BC3">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>References</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C613307" w14:textId="77777777" w:rsidR="0037501B" w:rsidRPr="0037501B" w:rsidRDefault="00DE2B80" w:rsidP="0037501B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="0037501B" w:rsidRPr="0037501B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://learnenglish.britishcouncil.org/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="0037501B" w:rsidRPr="0037501B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="0037501B" w:rsidRPr="0037501B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="0037501B" w:rsidRPr="0037501B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://helpmegrowmn.org/HMG/index.html</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="0037501B" w:rsidRPr="0037501B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D75E96" w14:textId="57EF6105" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00DE2B80" w:rsidP="0037501B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="0037501B" w:rsidRPr="0037501B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://theinspiredtreehouse.com/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="78A59E05" w14:textId="4D7B0FD6" w:rsidR="00FF0BC3" w:rsidRPr="00CA6DFB" w:rsidRDefault="00B4712E" w:rsidP="00FF0BC3">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...28 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...49 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="724D2F5C" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="73EEEAFB" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00CA26EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="5F98E745" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="161ED92E" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="7CAC0729" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00CA26EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="325976A8" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Online </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="387E7DD2" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="649D2DF7" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00CA26EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="31E44FAC" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oral </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="67ADBF66" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="00DA4344" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00CA26EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFFE551" w14:textId="0F948B4B" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="500CFF36" w14:textId="2309B149" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00CA26EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="50B06A8D" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="2F3E4D0F" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00CA26EA" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1384" w:type="dxa"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
-[...82 lines deleted...]
-              <w:t>Face to face</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="7BFB75AF" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3247" w:type="dxa"/>
-[...311 lines deleted...]
-            <w:tcW w:w="2562" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2069" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="6CA4E876" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="5CE3FD93" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-of-Class </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="0D76DA00" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="3183CB37" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="388C2FB9" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...56 lines deleted...]
-            <w:tcW w:w="1548" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Online </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="65E5A638" w14:textId="4999C338" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="000004F9" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="750F9D34" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="2395F177" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...14 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...469 lines deleted...]
-            <w:tcW w:w="1227" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="7394B7F7" w14:textId="77777777" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF5444" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="2817DC84" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF3187B" w14:textId="7CBCA8CE" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oral </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FF27EF" w14:textId="730EBB4A" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42ABE267" w14:textId="4A5D364D" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1743" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57195671" w14:textId="36737E22" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="6D3BBD64" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="1733F933" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="74F8FA2B" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B628647" w14:textId="77777777" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF5444" w:rsidP="00FF5444">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="07BAB173" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="3FEBE1FC" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-              <w:t>Net Contribution</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="0EA2276E" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="20364D1D" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="43C82A80" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:ind w:left="113" w:right="113"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="57494CD3" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...19 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
-[...3613 lines deleted...]
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="7DCF5856" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="14"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="5E391E2F" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="669C3D30" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
-[...21 lines deleted...]
-            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="5047EA4F" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>180</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="7350F6BD" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9943" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5B4B5035" w14:textId="2B4485D2" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF5444" w:rsidP="00FF5444">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="71F4AE7D" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...9 lines deleted...]
-              <w:t>QUANTIFICATION AND CONSIDERATION</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>180/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w14:paraId="6124EAA4" w14:textId="77777777" w:rsidTr="007E6F82">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3019" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0416A9AC" w14:textId="77777777" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF5444" w:rsidP="00FF5444">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C524EC3" w14:textId="52D6F0CA" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...14 lines deleted...]
-            <w:tcW w:w="1236" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4DBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001B4DBF" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7477EC72" w14:textId="77777777" w:rsidR="00FF5444" w:rsidRPr="00CA6DFB" w:rsidRDefault="00FF5444" w:rsidP="00FF5444">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001B4DBF" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...1712 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F34425E" wp14:editId="49CAB267">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Grafik 1"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="53E565EE">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001B4DBF" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="900991778" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69355335" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127" w:rsidP="00612E94">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B825C97" w14:textId="613D39F7" w:rsidR="000A4CEF" w:rsidRDefault="000A4CEF" w:rsidP="00612E94"/>
-[...4893 lines deleted...]
-    <w:sectPr w:rsidR="000A4CEF" w:rsidRPr="002D17DD" w:rsidSect="00286050">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7FDD0605" w14:textId="77777777" w:rsidR="00DE2B80" w:rsidRDefault="00DE2B80" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="032582C8" w14:textId="77777777" w:rsidR="00DE2B80" w:rsidRDefault="00DE2B80" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...29 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-      </w:pPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7F182EC2" w14:textId="77777777" w:rsidR="00DE2B80" w:rsidRDefault="00DE2B80" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2FC55919" w14:textId="77777777" w:rsidR="00DE2B80" w:rsidRDefault="00DE2B80" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-    </w:lvl>
-[...1784 lines deleted...]
-</w:numbering>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...473 lines deleted...]
-    <w:rsid w:val="00FF642A"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00036EC7"/>
+    <w:rsid w:val="00041E5C"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00167905"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001978C3"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F13FF"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="002002FA"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="0037501B"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00574B61"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="0072450C"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00767031"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D0F5B"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00902C93"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0094346F"/>
+    <w:rsid w:val="00946CD0"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00980526"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A53587"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A82416"/>
+    <w:rsid w:val="00A856A1"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B35AF6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B75E55"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C87D3B"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA26EA"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CC7D67"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D34D9C"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA1607"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DE2B80"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E06337"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E96BED"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F80793"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3A6FA098"/>
+  <w14:docId w14:val="382978FE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14574,480 +14818,314 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...19 lines deleted...]
-      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-    <w:name w:val="Medium Shading 1 - Accent 51"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C509EC"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Gl">
-[...3 lines deleted...]
-    <w:rsid w:val="00C509EC"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
-[...4 lines deleted...]
-    <w:rsid w:val="00247AF5"/>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-[...104 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:rsid w:val="004C1D6C"/>
+    <w:rsid w:val="001978C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="004C1D6C"/>
+    <w:rsid w:val="001978C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00767031"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15165,1127 +15243,2834 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...19 lines deleted...]
-      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-    <w:name w:val="Medium Shading 1 - Accent 51"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C509EC"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Gl">
-[...3 lines deleted...]
-    <w:rsid w:val="00C509EC"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
-[...4 lines deleted...]
-    <w:rsid w:val="00247AF5"/>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-[...104 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:rsid w:val="004C1D6C"/>
+    <w:rsid w:val="001978C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="004C1D6C"/>
+    <w:rsid w:val="001978C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00767031"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="54087392">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="133791500">
+    <w:div w:id="141235411">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="301735948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="541555644">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="62147617">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1793474788">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1070924843">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="788427926">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="502204505">
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="897009635">
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1003434324">
+    <w:div w:id="967854783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1164324650">
+    <w:div w:id="1135681793">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="874274247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="403459109">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="561525440">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="259341988">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="27994902">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="650714144">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1387609048">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="356589596">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1002314524">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1959872822">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="885986335">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="317609594">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="2114473366">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1428383645">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1537742058">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1867719978">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1143235604">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="591016962">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1999528454">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="157500500">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1685475086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1256936613">
+    <w:div w:id="1744720482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1286736949">
+    <w:div w:id="1764297337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1414162275">
+    <w:div w:id="1844978361">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1484350736">
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1908759408">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1489134385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2042199027">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1031105099">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1897817177">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2044624324">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="139425273">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1526602584">
+    <w:div w:id="1954701489">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1884168911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="265816131">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="2094545060">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1923755875">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="603461813">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1940598074">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1546789938">
-[...64 lines deleted...]
-    <w:div w:id="1832794227">
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://helpmegrowmn.org/HMG/index.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learnenglish.britishcouncil.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theinspiredtreehouse.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\17278214978\Desktop\Teslimedilecek%20belgeler\ADALET\adaletba&#351;ar&#305;grafi&#287;i.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> Fall Semester </a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t>ENG-207 Professional English I</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
             </a:r>
-            <a:r>
-[...3 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...30 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>5</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>5</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>6</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>4</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="281207360"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="168914432"/>
+        <c:axId val="232177664"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="174936576"/>
+        <c:axId val="168914432"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="281207360"/>
+        <c:crossAx val="232177664"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="281207360"/>
+        <c:axId val="232177664"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174936576"/>
+        <c:crossAx val="168914432"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Spring Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="201461760"/>
+        <c:axId val="232179968"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="201461760"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="232179968"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="232179968"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="201461760"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="168913408"/>
+        <c:axId val="232181120"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="168913408"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="232181120"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="232181120"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="168913408"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Spring Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Course Code and Name</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="201463808"/>
+        <c:axId val="232182848"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="201463808"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="232182848"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="232182848"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="201463808"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -16293,51 +18078,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -16404,65 +18189,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -16483,106 +18268,108 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>975</Words>
-  <Characters>5558</Characters>
+  <Words>723</Words>
+  <Characters>4126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6520</CharactersWithSpaces>
+  <CharactersWithSpaces>4840</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
-[...1 lines deleted...]
-  <cp:keywords/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>