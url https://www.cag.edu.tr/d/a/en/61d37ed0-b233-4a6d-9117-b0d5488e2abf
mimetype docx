--- v0 (2025-10-06)
+++ v1 (2026-03-15)
@@ -1,12967 +1,12301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="909"/>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00700AE2" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00700AE2" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00DA635A" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71F9B79E" w14:textId="79D136D7" w:rsidR="005A2B8A" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="004904EB">
+          <w:p w14:paraId="71F9B79E" w14:textId="79D136D7" w:rsidR="005A2B8A" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="FFFFFF"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Science</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00422BDB">
+            <w:r w:rsidR="00422BDB" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00422BDB">
+            <w:r w:rsidR="00422BDB" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00422BDB">
+            <w:r w:rsidR="00422BDB" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00422BDB">
+            <w:r w:rsidR="00422BDB" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Psychology</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00700AE2" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00700AE2" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5645F289" w14:textId="3208D5C3" w:rsidR="00681162" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
+          <w:p w14:paraId="5645F289" w14:textId="3208D5C3" w:rsidR="00681162" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
-[...2 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PSY341</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5543" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="5A6ABC1D" w:rsidR="00681162" w:rsidRPr="00700AE2" w:rsidRDefault="00262629" w:rsidP="004B0782">
+          <w:p w14:paraId="54764CA8" w14:textId="0D378D2E" w:rsidR="00681162" w:rsidRPr="00DA635A" w:rsidRDefault="00DA635A" w:rsidP="00DA635A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ruh Sağlığı Atölyesi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Observation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interview</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5967AF88" w14:textId="705B3B3F" w:rsidR="00681162" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
+          <w:p w14:paraId="5967AF88" w14:textId="705B3B3F" w:rsidR="00681162" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(3-0)3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5E0D3" w14:textId="76FCCCE8" w:rsidR="00681162" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
+          <w:p w14:paraId="79C5E0D3" w14:textId="76FCCCE8" w:rsidR="00681162" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00700AE2" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prerequisite</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="640BECDB" w14:textId="77777777" w:rsidR="00681162" w:rsidRPr="00700AE2" w:rsidRDefault="00681162" w:rsidP="00833C72">
+          <w:p w14:paraId="640BECDB" w14:textId="77777777" w:rsidR="00681162" w:rsidRPr="00DA635A" w:rsidRDefault="00681162" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00700AE2" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00700AE2" w:rsidRDefault="001B4DBF">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00DA635A" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485B0539" w14:textId="131A3493" w:rsidR="001B4DBF" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="485B0539" w14:textId="131A3493" w:rsidR="001B4DBF" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2731" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00700AE2" w:rsidRDefault="001B4DBF">
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00DA635A" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course Delivery </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="082FB09F" w14:textId="13FDF0CD" w:rsidR="001B4DBF" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="001B4DBF">
+          <w:p w14:paraId="082FB09F" w14:textId="13FDF0CD" w:rsidR="001B4DBF" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="001B4DBF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Face</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>face</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00700AE2" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="37A5264F" w:rsidR="00681162" w:rsidRPr="00700AE2" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+          <w:p w14:paraId="40C618F0" w14:textId="37A5264F" w:rsidR="00681162" w:rsidRPr="00DA635A" w:rsidRDefault="003360EF" w:rsidP="00833C72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
-[...7 lines deleted...]
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">5.th </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00700AE2" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Instructor's</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, Name, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Office </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00700AE2" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E9F61A" w14:textId="38727B54" w:rsidR="00F96934" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00466279">
+          <w:p w14:paraId="10E9F61A" w14:textId="38727B54" w:rsidR="00F96934" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Asst</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. Prof. Dr. Ufuk KOCATEPE AVCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A92F4D2" w14:textId="0F5CD8DC" w:rsidR="00F96934" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
+          <w:p w14:paraId="7A92F4D2" w14:textId="0F5CD8DC" w:rsidR="00F96934" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10.00-12.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72C71106" w14:textId="2110B31B" w:rsidR="00F96934" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
+          <w:p w14:paraId="72C71106" w14:textId="2110B31B" w:rsidR="00F96934" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. 14.00 – 16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E51361" w14:textId="6586B3ED" w:rsidR="00F96934" w:rsidRPr="00700AE2" w:rsidRDefault="006D5D85" w:rsidP="002C45FD">
-[...9 lines deleted...]
-              <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+          <w:p w14:paraId="59E51361" w14:textId="6586B3ED" w:rsidR="00F96934" w:rsidRPr="00DA635A" w:rsidRDefault="006D268C" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="auto"/>
                   <w:sz w:val="12"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>ufukkocatepe@cag.edu.tr</w:t>
+                <w:t>ufukkocatepe@cag.e</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+              <w:bookmarkEnd w:id="0"/>
+              <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>du.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="002C45FD" w:rsidRPr="00700AE2">
+            <w:r w:rsidR="002C45FD" w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00700AE2" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Coordinator</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED79668" w14:textId="1CB067B8" w:rsidR="00F96934" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="0034027E">
+          <w:p w14:paraId="0ED79668" w14:textId="1CB067B8" w:rsidR="00F96934" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Asst</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. Prof. Dr. Ufuk KOCATEPE AVCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003537D4" w:rsidRPr="00700AE2" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="65E7B619" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Objectives</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00700AE2" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course Learning </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Upon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>successful</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>completion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>student</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>will</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> be </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>able</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00700AE2" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00700AE2" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00DA635A" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00700AE2" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00DA635A" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Program </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outcomes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00700AE2" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00DA635A" w:rsidRDefault="00E4401D" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Net </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contribution</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00510C15">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="00510C15">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40272B" w14:textId="121C90B0" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="2E40272B" w14:textId="121C90B0" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Define </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>basic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>principles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>observation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B5677" w14:textId="31D0D60F" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="6E2B5677" w14:textId="31D0D60F" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA0F5C4" w14:textId="33B0C8FA" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0FA0F5C4" w14:textId="33B0C8FA" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="00510C15">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="00510C15">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0185FF67" w14:textId="5D622CE5" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0185FF67" w14:textId="5D622CE5" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Distinguish</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>between</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>non-directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>apply</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>them</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>appropriate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>contexts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA3CF30" w14:textId="201AFC42" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0CA3CF30" w14:textId="201AFC42" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="035023D5" w14:textId="464C36DC" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="035023D5" w14:textId="464C36DC" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="00510C15">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="00510C15">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C314DDE" w14:textId="33BF991C" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="4C314DDE" w14:textId="33BF991C" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Employ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>effective</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>questioning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1A850E46" w14:textId="74E16950" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="1A850E46" w14:textId="74E16950" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8157FC" w14:textId="069228A3" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="7D8157FC" w14:textId="069228A3" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="00510C15">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="00510C15">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="202615BD" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="6F332E2A" w14:textId="202615BD" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Demonstrate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>age</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>context-appropriate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sessions</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>children</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>adolescents</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>families</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="197EF09B" w14:textId="302DB162" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="197EF09B" w14:textId="302DB162" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="35E11ACA" w14:textId="63FAD0F8" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="35E11ACA" w14:textId="63FAD0F8" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="00510C15">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="00510C15">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97D80A" w14:textId="4DA73B87" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="1C97D80A" w14:textId="4DA73B87" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>components</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mental</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>status</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examination</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>integrate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>them</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>into</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0847AFD5" w14:textId="282FA82A" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0847AFD5" w14:textId="282FA82A" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="41313AB2" w14:textId="47532694" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="41313AB2" w14:textId="47532694" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="00510C15">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="00510C15">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63906508" w14:textId="319B78A3" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="63906508" w14:textId="319B78A3" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Conduct</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>accordance</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ethical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>principles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>remain</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aware</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>professional</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>boundaries</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3580C7C9" w14:textId="5BFBD501" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="3580C7C9" w14:textId="5BFBD501" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="287D48BB" w14:textId="67276E03" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="287D48BB" w14:textId="67276E03" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="4EA71274" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+          <w:p w14:paraId="39D60200" w14:textId="4EA71274" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>This</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aims</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>teach</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>observation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>which</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>play</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>critical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> role in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>psychological</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>assessment</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>process</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>will</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>learn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>fundamental</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>principles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>observation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>structured</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>unstructured</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interview</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>types</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, as </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>well</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> as </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>non-directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>will</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>also</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cover</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>effective</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>questioning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>specialized</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>approaches</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>children</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>adolescents</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>couples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>families</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>basic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>components</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mental</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>status</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examination</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>will</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> be </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>introduced</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>focus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on how </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>integrate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>them</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>into</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interview</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>process</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>light</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ethical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>principles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>through</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>practical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>seeks</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>integrate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>theoretical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>knowledge</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aims</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>provide</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>foundational</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>building</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>blocks</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>psychological</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>interview</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...14 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>process</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...3 lines deleted...]
-                <w:color w:val="333333"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Course Schedule (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Weekly</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Week</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Methods</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B9E913" w14:textId="2F52517E" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="43B9E913" w14:textId="2F52517E" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Observation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E2F6454" w14:textId="37593B3B" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="4E2F6454" w14:textId="37593B3B" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28CFF9" w14:textId="03E90E1F" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="0B28CFF9" w14:textId="03E90E1F" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="2DACC9DD" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="0195B8CF" w14:textId="2DACC9DD" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Observation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFA02F" w14:textId="25BA0499" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="67DFA02F" w14:textId="25BA0499" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>assignments</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091113C1" w14:textId="4FA81A9F" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="091113C1" w14:textId="4FA81A9F" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Role-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>play</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sessions</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="3041B404" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="49527597" w14:textId="3041B404" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamentals &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ethics</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75F9D1" w14:textId="4F703F62" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="7B75F9D1" w14:textId="4F703F62" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDD091" w14:textId="30FD9830" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="77FDD091" w14:textId="30FD9830" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBFAA8E" w14:textId="48BEF587" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="2BBFAA8E" w14:textId="48BEF587" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamentals &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ethics</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="16BCCC1A" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="72FEE239" w14:textId="16BCCC1A" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>assignments</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A057" w14:textId="0EFB4FF4" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="3739A057" w14:textId="0EFB4FF4" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Role-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>play</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sessions</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00326168">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00326168">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8C3390" w14:textId="2C2DF361" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="5E8C3390" w14:textId="2C2DF361" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Non-directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43A2FED1" w14:textId="03D982BE" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="43A2FED1" w14:textId="03D982BE" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5F167A28" w14:textId="16D0E5FE" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="5F167A28" w14:textId="16D0E5FE" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>through</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dialogue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00326168">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="00326168">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="79DE9565" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="206DAB37" w14:textId="79DE9565" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Non-directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4E24EA" w14:textId="32EBC7D0" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="2A4E24EA" w14:textId="32EBC7D0" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12EAE6DF" w14:textId="6714053B" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="12EAE6DF" w14:textId="6714053B" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>through</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dialogue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00057152">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="00057152">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="65547CF4" w14:textId="6B1636A1" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="65547CF4" w14:textId="6B1636A1" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Non-directive</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754A76C7" w14:textId="066DF141" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="754A76C7" w14:textId="066DF141" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>assignments</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44BB9DD7" w14:textId="1A4DC853" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="44BB9DD7" w14:textId="1A4DC853" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Case-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>based</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussions</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dialogue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="00B76673">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="00B76673">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="1BF512F6" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="645FD6BD" w14:textId="1BF512F6" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Directive </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBDEF72" w14:textId="2C5BD13C" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="4BBDEF72" w14:textId="2C5BD13C" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5097B9A3" w14:textId="0927B4E1" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="5097B9A3" w14:textId="0927B4E1" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>through</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dialogue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00B76673">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="00B76673">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="23E52363" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="2531C78E" w14:textId="23E52363" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Directive </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviewing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C14D55" w14:textId="2E30F091" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="01C14D55" w14:textId="2E30F091" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Role </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>assignments</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>students</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC078F0" w14:textId="1C5FC822" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="6FC078F0" w14:textId="1C5FC822" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Case-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>based</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussions</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dialogue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>practice</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5E4B9" w14:textId="6FFF0A5B" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="22B5E4B9" w14:textId="6FFF0A5B" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Questioning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Techniques</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37145211" w14:textId="38CACE6E" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="37145211" w14:textId="38CACE6E" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>slides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="219D2D3F" w14:textId="4DAABDA3" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="219D2D3F" w14:textId="4DAABDA3" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>discussion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>through</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dialogue</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>examples</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="004623A4">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="004623A4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="6B6DE9FF" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="1506B42E" w14:textId="6B6DE9FF" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Couple</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Family</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3AFD50" w14:textId="10FDC6B4" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="3D3AFD50" w14:textId="10FDC6B4" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Materials</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>provided</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>expert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14AD2C" w14:textId="248D7EF8" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="1B14AD2C" w14:textId="248D7EF8" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lecturer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>workshop</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ruh Sağlığı Atölyesi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00BE0FF7">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="00BE0FF7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="0FB61C2F" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="5A60206C" w14:textId="0FB61C2F" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Child </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34C8B00B" w14:textId="72BC99AA" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="34C8B00B" w14:textId="72BC99AA" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Materials</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>provided</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>expert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1216638D" w14:textId="35BE533D" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="1216638D" w14:textId="35BE533D" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lecturer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>workshop</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ruh Sağlığı Atölyesi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00BE0FF7">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="00BE0FF7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="200C7096" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="507B399A" w14:textId="200C7096" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adolescent</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Interviews</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="225D9DC4" w14:textId="48600A64" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="225D9DC4" w14:textId="48600A64" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Materials</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>provided</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>expert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7A335A" w14:textId="618C29F1" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="7C7A335A" w14:textId="618C29F1" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lecturer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>workshop</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ruh Sağlığı Atölyesi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00BE0FF7">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="00BE0FF7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34D275E4" w14:textId="1C10339D" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="34D275E4" w14:textId="1C10339D" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mental</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Examination</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="09017603" w14:textId="277B6D14" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+          <w:p w14:paraId="09017603" w14:textId="277B6D14" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Materials</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>provided</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>expert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1818FDD3" w14:textId="5931FA23" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="1818FDD3" w14:textId="5931FA23" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Guest</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lecturer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>workshop</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ruh Sağlığı Atölyesi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C45FD" w:rsidRPr="00700AE2" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00700AE2" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="002C45FD" w:rsidRPr="00DA635A" w:rsidRDefault="002C45FD" w:rsidP="002C45FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Resources</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="007F6507">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="007F6507">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Textbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF085FE" w14:textId="783F55A6" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="1AF085FE" w14:textId="783F55A6" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Handbook</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Counseling</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Psychology</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, Steven D. Brown, Robert W. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BD7292">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Le</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Lent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>nt</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">, 2000, 3rd </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 2000, 3rd </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>edition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>edition</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">, ISBN-10: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ISBN-10: </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>0471254584</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="007F6507">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="007F6507">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Recommended</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>References</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="30C5ABA1" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="30C5ABA1" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www. naeyc.org</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06D75E96" w14:textId="2A560FBD" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="06D75E96" w14:textId="2A560FBD" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www.apa.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Assessment</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Percentile</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00664CA4">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00664CA4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Midterm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="206EDFB6" w14:textId="6301AE52" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="206EDFB6" w14:textId="6301AE52" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="52897A12" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="5888FADE" w14:textId="3C32082E" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00700AE2" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="00664CA4">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="00990499">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...13 lines deleted...]
-              <w:t>Project</w:t>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0C58554F" w14:textId="136EDD0C" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="50A41C7C" w14:textId="0221FA6A" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="33CD7661" w14:textId="0A344CB1" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="42E598CA" w14:textId="0931123A" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00700AE2" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="00664CA4">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="2439FEE9" w14:textId="02F75C2A" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...59 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="00664CA4">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...13 lines deleted...]
-              <w:t>Presentation</w:t>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-          <w:p w14:paraId="7B6BF518" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="00664CA4">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="500CFF36" w14:textId="46A8F9A2" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="6AFFE677" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4133035B" w14:textId="2C6052BA" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00AB6138" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="00990499">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-of-Class </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-          <w:p w14:paraId="42E598CA" w14:textId="6C9072FF" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="0E9AB9D6" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B0782" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="5CE98129" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>50</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="305EBC64" w14:textId="065274A7" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00AB6138" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10967" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="58B25C38" w14:textId="7B170103" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="5DF6D7AF" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="6F71F024" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="35DD79D0" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="0216CF22" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="760EAA82" w14:textId="3C8EC820" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="2BB03FD4" w14:textId="6AFD5784" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="238D7292" w14:textId="5F81CA85" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="04711A9E" w14:textId="1E451CB5" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="00AB6138" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-              <w:t>Total</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="5AA53C42" w14:textId="4EAF128B" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="3" w:colLast="3"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Course </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Duration</w:t>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="1005A983" w14:textId="0944AC15" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C2CCAD" w14:textId="6AFFE677" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+          <w:p w14:paraId="4444D1E5" w14:textId="43AD970B" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
-            </w:r>
-[...761 lines deleted...]
-              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="5C6B1ACD" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00AB6138" w:rsidP="00700AE2">
+          <w:p w14:paraId="1F3506B9" w14:textId="0D507B8D" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>25</w:t>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B0782" w:rsidRPr="00700AE2" w14:paraId="39730E9B" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="39730E9B" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E14795C" w14:textId="2D673231" w:rsidR="004B0782" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00700AE2">
+          <w:p w14:paraId="5E14795C" w14:textId="2D673231" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5280B089" w14:textId="14135B5E" w:rsidR="004B0782" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+          <w:p w14:paraId="5280B089" w14:textId="14135B5E" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E016A1D" w14:textId="45A4D4BA" w:rsidR="004B0782" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+          <w:p w14:paraId="2E016A1D" w14:textId="45A4D4BA" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0750950F" w14:textId="13F01C84" w:rsidR="004B0782" w:rsidRPr="00700AE2" w:rsidRDefault="00AB6138" w:rsidP="00700AE2">
+          <w:p w14:paraId="0750950F" w14:textId="13F01C84" w:rsidR="004B0782" w:rsidRPr="00DA635A" w:rsidRDefault="00AB6138" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="2F9BBF75" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+          <w:p w14:paraId="21B894EB" w14:textId="2AAE7D3E" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="007329C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>240</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007329C7" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="050CC798" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+          <w:p w14:paraId="27F77D59" w14:textId="15C0347B" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="004B0782" w:rsidP="007329C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>240/30</w:t>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007329C7" w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA635A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700AE2" w:rsidRPr="00700AE2" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00DA635A" w:rsidRPr="00DA635A" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="00700AE2" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ECTS </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Credit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00700AE2">
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="5651CEC3" w:rsidR="00700AE2" w:rsidRPr="00700AE2" w:rsidRDefault="004B0782" w:rsidP="00700AE2">
+          <w:p w14:paraId="6C524EC3" w14:textId="3B65F70F" w:rsidR="00700AE2" w:rsidRPr="00DA635A" w:rsidRDefault="007329C7" w:rsidP="00700AE2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DA635A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00700AE2" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00DA635A" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="6656D618" w:rsidR="003237AD" w:rsidRPr="00700AE2" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="2078A9E9" w14:textId="6656D618" w:rsidR="003237AD" w:rsidRPr="00DA635A" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003237AD" w:rsidRPr="00700AE2" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="003237AD" w:rsidRPr="00DA635A" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31362F71" w14:textId="77777777" w:rsidR="006D5D85" w:rsidRDefault="006D5D85" w:rsidP="0034027E">
+    <w:p w14:paraId="78F7A12D" w14:textId="77777777" w:rsidR="006D268C" w:rsidRDefault="006D268C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11540087" w14:textId="77777777" w:rsidR="006D5D85" w:rsidRDefault="006D5D85" w:rsidP="0034027E">
+    <w:p w14:paraId="482320B2" w14:textId="77777777" w:rsidR="006D268C" w:rsidRDefault="006D268C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05D91244" w14:textId="77777777" w:rsidR="006D5D85" w:rsidRDefault="006D5D85" w:rsidP="0034027E">
+    <w:p w14:paraId="0CB25E4D" w14:textId="77777777" w:rsidR="006D268C" w:rsidRDefault="006D268C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="219399C3" w14:textId="77777777" w:rsidR="006D5D85" w:rsidRDefault="006D5D85" w:rsidP="0034027E">
+    <w:p w14:paraId="545530FE" w14:textId="77777777" w:rsidR="006D268C" w:rsidRDefault="006D268C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
@@ -12976,52 +12310,52 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
@@ -13097,75 +12431,78 @@
     <w:rsid w:val="004B0782"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005C6A89"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D268C"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="006D5D85"/>
     <w:rsid w:val="00700AE2"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007329C7"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
+    <w:rsid w:val="0087152D"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
@@ -13188,50 +12525,51 @@
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DA635A"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E4401D"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
@@ -13248,123 +12586,214 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="382978FE"/>
+  <w15:docId w15:val="{1D767A7C-05A3-4A75-85BD-A1D1DB7052CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -13433,50 +12862,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -13523,494 +13056,66 @@
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
-    <w:name w:val="Grid Table 4 Accent 1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...425 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14094,51 +13199,51 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
     <w:rsid w:val="002C45FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:rsid w:val="002C45FD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14480,51 +13585,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -14796,86 +13901,86 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>666</Words>
-  <Characters>3802</Characters>
+  <Words>654</Words>
+  <Characters>3731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4460</CharactersWithSpaces>
+  <CharactersWithSpaces>4377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>