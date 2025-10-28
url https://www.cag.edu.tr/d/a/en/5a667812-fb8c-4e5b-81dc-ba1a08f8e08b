--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,8814 +1,14078 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10920" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="909"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="459"/>
         <w:gridCol w:w="283"/>
-        <w:gridCol w:w="338"/>
-[...19 lines deleted...]
-        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB205B" w14:paraId="6A018A3B" w14:textId="77777777" w:rsidTr="0070224D">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:trHeight w:val="552"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10920" w:type="dxa"/>
-[...457 lines deleted...]
-            <w:tcW w:w="8153" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...5218 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="254" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0A5F5F" w14:textId="69BB941C" w:rsidR="005A2B8A" w:rsidRPr="001B4DBF" w:rsidRDefault="008C5556" w:rsidP="008C5556">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                              </w:t>
+            </w:r>
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8CF65A" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRDefault="00CA53B0" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Economics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Administrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sciences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="7F2753C8" w:rsidR="00BD44A8" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International </w:t>
+            </w:r>
+            <w:r w:rsidR="00C01A91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="001B4DBF" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="56E24C8E" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="00AE5132" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FLE 203</w:t>
+            </w:r>
+            <w:r w:rsidR="00821578">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="1BA85D82" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="00AE5132" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vocational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English III</w:t>
+            </w:r>
+            <w:r w:rsidR="00821578">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="489F8599" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="008C5556" w:rsidP="00821578">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00821578">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2-2-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="4227E3F6" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prerequisite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="520061D9" w:rsidR="00681162" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="13C5E974" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course Delivery </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="162B2975" w:rsidR="001B4DBF" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001B4DBF" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="1EBFA4F4" w:rsidR="00681162" w:rsidRPr="001978C3" w:rsidRDefault="003360EF" w:rsidP="00FB3667">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002002FA" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002002FA" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00712AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r w:rsidR="001978C3" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001978C3" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FB3667" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FB3667" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Associate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FB3667" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FB3667" w:rsidRPr="00FB3667">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Degree</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00C01A91">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4412" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Name, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2742" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Office </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="00C01A91">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4412" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="32EC411E" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="00821578">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ali Taner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2742" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="665D4E84" w14:textId="77777777" w:rsidR="00C01A91" w:rsidRDefault="00C01A91" w:rsidP="0072373B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wednesday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21543E4C" w14:textId="249A10AC" w:rsidR="00C01A91" w:rsidRDefault="00C01A91" w:rsidP="0072373B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.15-11.45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A92F4D2" w14:textId="3CA8D718" w:rsidR="00AE5132" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="0072373B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thur</w:t>
+            </w:r>
+            <w:r w:rsidR="0072373B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="0072373B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ay</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0072373B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3.25-14.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1653" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C71106" w14:textId="7A3AD77C" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thursday</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001707E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10.00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="78B22C60" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>alitaner</w:t>
+            </w:r>
+            <w:r w:rsidR="001978C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>@cag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001B4DBF" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="37E6A0D5" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coordinator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="2D7834E1" w:rsidR="00F96934" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00C01A91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00821578">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C01A91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ali Taner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="001B4DBF" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E7B619" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Objectives</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course Learning </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>successful</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>able</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="56CAFBDA" w:rsidR="003A0CE5" w:rsidRPr="00DE6B26" w:rsidRDefault="008C5556" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>read</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>interpret</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>such</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>reports</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>emails</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>news</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>articles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>focus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>gist</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>detail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>implied</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>meaning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="7B477B57" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00D574D7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="17B3C7EF" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="6D8FF649" w:rsidR="003A0CE5" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>take</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>specific</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00790EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>about</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00790EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00790EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="610284F8" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="6709D152" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="04F78CEF" w:rsidR="003A0CE5" w:rsidRPr="008C5556" w:rsidRDefault="008C5556" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>ommunicate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>effectively</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>professional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>business</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>situations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>including</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>meetings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>presentations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>phone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>calls</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>negotiations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="38B400ED" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="7EB02B26" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="4A852D1A" w:rsidR="003A0CE5" w:rsidRPr="00DE6B26" w:rsidRDefault="008C5556" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>se</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>wide</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>range</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>business-related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>expressions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>upper-intermediate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>level</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>communication</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="0C165D76" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00D574D7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="47745461" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C97D80A" w14:textId="5721F9BB" w:rsidR="003A0CE5" w:rsidRPr="00DE6B26" w:rsidRDefault="008C5556" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>demonstrate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>functional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>tasks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>such</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>small</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> talk, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>handling</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>complaints</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>giving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>opinions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>agreeing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>disagreeing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>persuading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0847AFD5" w14:textId="5AAE233A" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00D574D7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41313AB2" w14:textId="54D5E594" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63906508" w14:textId="6F42B1BE" w:rsidR="003A0CE5" w:rsidRPr="00DE6B26" w:rsidRDefault="008C5556" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Collaborate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>interact</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>others</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in English</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>working</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>participating</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>discussions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>resolving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>workplace</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>problems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3580C7C9" w14:textId="04D89044" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00D574D7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287D48BB" w14:textId="2CD53E87" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257CC14" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3CE84B" w14:textId="3AB3533A" w:rsidR="003A0CE5" w:rsidRPr="00DE6B26" w:rsidRDefault="008C5556" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Apply</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>cultural</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C5556">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>awareness</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>communicate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>appropriately</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>international</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>colleagues</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>clients</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A85499" w14:textId="49232383" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00D574D7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C232C5" w14:textId="0BCC79C4" w:rsidR="003A0CE5" w:rsidRPr="001B4DBF" w:rsidRDefault="00661E6D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="001B4DBF" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0644D6DC" w14:textId="549958F3" w:rsidR="00BA12C9" w:rsidRPr="00BA12C9" w:rsidRDefault="00BA12C9" w:rsidP="00BA12C9">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>This course is designed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to develop learners’ English language skills in professional and business contexts. Using the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>In Company 3.0 Upper Intermediate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>coursebook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>, students will improve their ability to communicate effectively in the workplace, including taking part in meetings, giving presentations, negotiating, networking, and writing business correspondence. The course focuses on practical, real-world business communication, with an emphasis on vocabulary development, functional language, and fluency.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA12C9">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>By the end of the course, students will be better equipped to handle a variety of professional situations in English with greater confidence and accuracy.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D60200" w14:textId="5F118008" w:rsidR="001B5C97" w:rsidRPr="00BA12C9" w:rsidRDefault="001B5C97" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Course Schedule (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weekly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001B4DBF" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B4DBF" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="355EE0A4" w:rsidR="003923D0" w:rsidRPr="00DE6B26" w:rsidRDefault="00CA53B0" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Business </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pleasure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="04D3CED3" w:rsidR="003360EF" w:rsidRPr="00DE6B26" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reading </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="04552180" w:rsidR="003360EF" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="53CC44D7" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00CA53B0" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Corporate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>entartainment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DFA02F" w14:textId="1DA33F78" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00946CD0" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revising</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="5828A05E" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, role </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dialogue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visual-supported</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="7FAF30AC" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nformation Exchange</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75F9D1" w14:textId="216DD440" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00946CD0" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Listing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="49C77799" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>guided</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>speaking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="56CBAA00" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00CA53B0" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rapport</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="14ADD98C" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00946CD0" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>example</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sentences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>topic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="528D4894" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fill</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-in-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>blank</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>note-taking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="3C8DD4F2" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Culture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clash</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001978C3" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="1BCF6110" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00790EE2" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cultural</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sensitivity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Checklist</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="7D1DFD7F" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dialogue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scenario-based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>learning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DAB37" w14:textId="7D78E7BA" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voice </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="7A52F9B6" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00790EE2" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Test </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>communicative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>awareness</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="4544DD57" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="099EEC2C" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Problems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> On </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="451C8715" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00790EE2" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>get</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>chatterboxes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>phone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="24EF5E32" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dialogue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645FD6BD" w14:textId="3515ACBD" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Leading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Meetings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEF72" w14:textId="69FC7A24" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00946CD0" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>examples</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>scenario</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>vocabulary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00902C93" w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="03C280D8" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dialogue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2531C78E" w14:textId="042CFA25" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C14D55" w14:textId="3D14911E" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00790EE2" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Approach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="09BD56A2" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="4323BD1C" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Promoting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ideas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37145211" w14:textId="5E7F6350" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00790EE2" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Leraning</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>unit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>phrasal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>verbs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="5E45F433" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, role </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>controlled</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="3967D6C8" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relationship-building</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AFD50" w14:textId="3A12947C" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00902C93" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Free</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>writing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>activit</w:t>
+            </w:r>
+            <w:r w:rsidR="00790EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14AD2C" w14:textId="15580D6F" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>visual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>matching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="3A6AEC49" w:rsidR="001978C3" w:rsidRPr="00821578" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Decision</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="0D4DF826" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00790EE2" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>decision-making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1216638D" w14:textId="4A70EF00" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Feedback</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="73572BEB" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00821578" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Crisis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="6ACC2D05" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00902C93" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Question-and-answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7A335A" w14:textId="6969FCA5" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presentation, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pair</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="0AAB6A48" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revision</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="5A17E30A" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00902C93" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reviewing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>previous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>topics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="644C455B" w:rsidR="001978C3" w:rsidRPr="00DE6B26" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reading–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Listening</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE6B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Answer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00980526" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA45F9">
-[...3 lines deleted...]
-                <w:iCs/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="00980526" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001978C3" w:rsidRPr="001B4DBF" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="001978C3" w:rsidRPr="001B4DBF" w:rsidRDefault="001978C3" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF085FE" w14:textId="2E94163C" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="005D2603" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UPPER INTERMEDIATE STUDENTS’ BOOK PACK</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>References</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D75E96" w14:textId="154A2922" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="009B5996" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004147E0">
+              <w:t>https://internationalaffairsresources.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="724D2F5C" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="4C17F80B" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5556">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="64274211" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BA12C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Speakin</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5556">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="77915E7F" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="311168C8" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="50B06A8D" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="0FFDF55D" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00C01A91" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1175A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="0009745F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="2BB3A453" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="3A045CAB" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-of-Class </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="00834902" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="6E0A9EDC" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="18B03A63" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="002C1B47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assignments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="1733F933" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="2655818A" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="2A303E7A" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="3FEBE1FC" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="2863CD71" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="64BC2D8F" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + Final </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="57494CD3" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="0765F39A" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="254" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="204D8D29" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...30 lines deleted...]
-            <w:gridSpan w:val="11"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="254" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="70F1365A" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00BD44A8" w:rsidP="00D41B6B">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...13 lines deleted...]
-              <w:t>Comprehensive, covers content from all weeks</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>192</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE1A31" w14:paraId="63382CBA" w14:textId="77777777" w:rsidTr="0070224D">
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:trHeight w:val="145"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...28 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...145 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="254" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="32858CC7" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00D41B6B">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:r w:rsidR="00BD44A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00980526" w:rsidRPr="001B4DBF" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00980526" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECTS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="254" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C524EC3" w14:textId="76B07AE2" w:rsidR="00980526" w:rsidRPr="001B4DBF" w:rsidRDefault="00B35AF6" w:rsidP="00D41B6B">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...1102 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CB82958" w14:textId="023C20E0" w:rsidR="000145F8" w:rsidRDefault="000145F8" w:rsidP="001D623F"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="184C2E93" w14:textId="77777777" w:rsidR="00576373" w:rsidRPr="00576373" w:rsidRDefault="00576373" w:rsidP="00576373">
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3129ACDF" w14:textId="77777777" w:rsidR="00576373" w:rsidRPr="00576373" w:rsidRDefault="00576373" w:rsidP="00576373">
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4DBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001B4DBF" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001B4DBF" w:rsidRDefault="00A82416">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Past</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Achievements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001B4DBF" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9D78F" w14:textId="118A3674" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="002010D2" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E57B377" wp14:editId="570EB420">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F7166" w14:textId="5087FFEF" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="0072373B" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C72590E" wp14:editId="01E486EF">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001B4DBF" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B0E83B" w14:textId="1156A8B7" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC9F0F4" w14:textId="7064D230" w:rsidR="003237AD" w:rsidRPr="001B4DBF" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="155126DF" w14:textId="77777777" w:rsidR="00DE04E4" w:rsidRDefault="00DE04E4" w:rsidP="001D623F"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="964" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="61BD64DA" w14:textId="77777777" w:rsidR="00E25DFB" w:rsidRDefault="00E25DFB" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6C5817D9" w14:textId="77777777" w:rsidR="00E25DFB" w:rsidRDefault="00E25DFB" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-      </w:pPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="37BDA227" w14:textId="77777777" w:rsidR="00E25DFB" w:rsidRDefault="00E25DFB" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="564F821A" w14:textId="77777777" w:rsidR="00E25DFB" w:rsidRDefault="00E25DFB" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-    </w:lvl>
-[...751 lines deleted...]
-</w:numbering>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DF574E"/>
-[...68 lines deleted...]
-    <w:rsid w:val="00FB0835"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A43AC"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000C426B"/>
+    <w:rsid w:val="000D1D18"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000E6B02"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00145BE0"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="001707E0"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="00172B08"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001978C3"/>
+    <w:rsid w:val="001A0F5B"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="002002FA"/>
+    <w:rsid w:val="002010D2"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00262BB4"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="00283758"/>
+    <w:rsid w:val="002A1504"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002C1B47"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002D643A"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="003010FF"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00367DFC"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003C5963"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="00405E70"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00445C27"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="004756AA"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="00497B75"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="004E3B84"/>
+    <w:rsid w:val="00504498"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005D2603"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00661E6D"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="00712AF2"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="0072373B"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="00790EE2"/>
+    <w:rsid w:val="007C36CF"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007D7651"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="00821578"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086322D"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00882A52"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C5556"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00902C93"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911E3E"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00946CD0"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00972D60"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00980526"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009B5996"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="009F2DA7"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A35DC9"/>
+    <w:rsid w:val="00A53587"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A82416"/>
+    <w:rsid w:val="00AC4DD3"/>
+    <w:rsid w:val="00AD6FB2"/>
+    <w:rsid w:val="00AE5132"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B35AF6"/>
+    <w:rsid w:val="00B37F1D"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B47ABD"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA12C9"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BC4EFA"/>
+    <w:rsid w:val="00BD44A8"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C01A91"/>
+    <w:rsid w:val="00C0400C"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA2ED0"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA53B0"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CD3C2B"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00CF63E4"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D574D7"/>
+    <w:rsid w:val="00D85530"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA1607"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB36C4"/>
+    <w:rsid w:val="00DB77E5"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DD3A79"/>
+    <w:rsid w:val="00DE6B26"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E0546C"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E25DFB"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E32758"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EB7875"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F1175A"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FB3667"/>
+    <w:rsid w:val="00FB49F2"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC415D"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FD3730"/>
+    <w:rsid w:val="00FE0D6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6E2D5A19"/>
+  <w14:docId w14:val="382978FE"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB205B"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB205B"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-    <w:name w:val="girinti"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00BB205B"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="001978C3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="001978C3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B852B7"/>
+    <w:rsid w:val="00BA12C9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA12C9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vurgu">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00E54B6A"/>
+    <w:rsid w:val="00BA12C9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB205B"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00BB205B"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-    <w:name w:val="girinti"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00BB205B"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="001978C3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="001978C3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B852B7"/>
+    <w:rsid w:val="00BA12C9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA12C9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Vurgu">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00E54B6A"/>
+    <w:rsid w:val="00BA12C9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="141235411">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="301735948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="541555644">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="62147617">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1793474788">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1070924843">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="788427926">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alitaner@cag.edu.tr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>FLE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 20</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>International Management</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.10820809248554912"/>
+          <c:y val="6.6006600660066E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-75BD-48F5-B1F2-36F2B03ACE44}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="166460416"/>
+        <c:axId val="156382848"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="166460416"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="156382848"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="156382848"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="166460416"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>FLE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 20</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>International Management</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.21996146435452793"/>
+          <c:y val="6.6006600660066E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-75BD-48F5-B1F2-36F2B03ACE44}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="171311616"/>
+        <c:axId val="156383424"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="171311616"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="156383424"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="156383424"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="171311616"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -8826,65 +14090,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -8905,103 +14169,108 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>591</Words>
-  <Characters>3373</Characters>
+  <Words>678</Words>
+  <Characters>3871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
-      <vt:lpstr/>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3957</CharactersWithSpaces>
+  <CharactersWithSpaces>4540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Windows Kullanıcısı</dc:creator>
+  <dc:title>ÇAĞ UNIVERSITY</dc:title>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>