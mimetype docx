--- v0 (2025-10-09)
+++ v1 (2026-02-27)
@@ -659,52 +659,50 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Elective</w:t>
             </w:r>
             <w:r w:rsidR="002508BB" w:rsidRPr="00EE755D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/2.Year/Fall Semester EQF- Level </w:t>
             </w:r>
             <w:r w:rsidR="00B364BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002508BB" w:rsidRPr="00EE755D" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001547EA">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="002508BB" w:rsidRPr="00EE755D" w:rsidRDefault="002508BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5196,69 +5194,80 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE755D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="1562756A" w:rsidR="00EC3333" w:rsidRPr="00EE755D" w:rsidRDefault="00EC3333" w:rsidP="00466279">
+          <w:p w14:paraId="5888FADE" w14:textId="008F4A24" w:rsidR="00EC3333" w:rsidRPr="00EE755D" w:rsidRDefault="001E0795" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE755D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>25%</w:t>
+              <w:t>30</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00EC3333" w:rsidRPr="00EE755D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00EC3333" w:rsidRPr="00EE755D" w:rsidRDefault="00EC3333" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3333" w:rsidRPr="00EE755D" w14:paraId="4F6FD8BC" w14:textId="77777777" w:rsidTr="001547EA">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -5312,69 +5321,78 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE755D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2D909B0D" w14:textId="29D1B3DF" w:rsidR="00EC3333" w:rsidRPr="00EE755D" w:rsidRDefault="00EC3333" w:rsidP="00466279">
+          <w:p w14:paraId="2D909B0D" w14:textId="37233E31" w:rsidR="00EC3333" w:rsidRPr="00EE755D" w:rsidRDefault="001E0795" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE755D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>25%</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3333" w:rsidRPr="00EE755D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="1F991964" w14:textId="6CEE35E5" w:rsidR="00EC3333" w:rsidRPr="00EE755D" w:rsidRDefault="00EC3333" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7515,51 +7533,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00EE755D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE755D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="3966043B">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="55361881">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
@@ -7602,58 +7620,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00EE755D" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00EE755D" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2223EBCD" w14:textId="77777777" w:rsidR="00B03255" w:rsidRDefault="00B03255" w:rsidP="0034027E">
+    <w:p w14:paraId="5077A8F0" w14:textId="77777777" w:rsidR="005F6097" w:rsidRDefault="005F6097" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14CD8F78" w14:textId="77777777" w:rsidR="00B03255" w:rsidRDefault="00B03255" w:rsidP="0034027E">
+    <w:p w14:paraId="1B3D2B84" w14:textId="77777777" w:rsidR="005F6097" w:rsidRDefault="005F6097" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -7667,58 +7685,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2904E64E" w14:textId="77777777" w:rsidR="00B03255" w:rsidRDefault="00B03255" w:rsidP="0034027E">
+    <w:p w14:paraId="3B13A1D0" w14:textId="77777777" w:rsidR="005F6097" w:rsidRDefault="005F6097" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="008B5147" w14:textId="77777777" w:rsidR="00B03255" w:rsidRDefault="00B03255" w:rsidP="0034027E">
+    <w:p w14:paraId="7F165E01" w14:textId="77777777" w:rsidR="005F6097" w:rsidRDefault="005F6097" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -7782,138 +7800,143 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00012FE7"/>
     <w:rsid w:val="00014C66"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="000252C4"/>
     <w:rsid w:val="000406E4"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00057903"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="00095248"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000A6EEE"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001547EA"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001B765B"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C2A2A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001E0795"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002508BB"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="002F4F31"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="003149E6"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003460EF"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366BE6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C1966"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003D0D4B"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="003F24E8"/>
     <w:rsid w:val="00404BB1"/>
     <w:rsid w:val="004207B4"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004D5062"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004F6987"/>
     <w:rsid w:val="00501628"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="00537484"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="00545F7D"/>
     <w:rsid w:val="005516A0"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="00584E38"/>
     <w:rsid w:val="0059163F"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F6097"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006849FA"/>
     <w:rsid w:val="00690582"/>
     <w:rsid w:val="0069161E"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="007443BD"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
@@ -7939,50 +7962,51 @@
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008B0556"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008E1610"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00907651"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="009125D0"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="0096651F"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="0099336C"/>
     <w:rsid w:val="009963BD"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A157FC"/>
+    <w:rsid w:val="00A24E71"/>
     <w:rsid w:val="00A27C39"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A466F4"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00A8495A"/>
     <w:rsid w:val="00AE330F"/>
     <w:rsid w:val="00B02F50"/>
     <w:rsid w:val="00B03255"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B308F2"/>
     <w:rsid w:val="00B364BC"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00B97881"/>
     <w:rsid w:val="00BA1059"/>
@@ -8005,50 +8029,51 @@
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C83898"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA1E7D"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CA6F4D"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CD1D12"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D20678"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DC6FFB"/>
     <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DD1B55"/>
     <w:rsid w:val="00DF2938"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E05AA5"/>
     <w:rsid w:val="00E07620"/>
     <w:rsid w:val="00E10797"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E44006"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E942DB"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EB26B4"/>
     <w:rsid w:val="00EC3333"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EE45F6"/>
@@ -9563,157 +9588,157 @@
                 <c:pt idx="8">
                   <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="184549376"/>
-        <c:axId val="184945472"/>
+        <c:axId val="125912064"/>
+        <c:axId val="125311744"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="184549376"/>
+        <c:axId val="125912064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="184945472"/>
+        <c:crossAx val="125311744"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="184945472"/>
+        <c:axId val="125311744"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="184549376"/>
+        <c:crossAx val="125912064"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -9944,157 +9969,157 @@
                 <c:pt idx="8">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="184552960"/>
-        <c:axId val="236011520"/>
+        <c:axId val="170423296"/>
+        <c:axId val="140516096"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="184552960"/>
+        <c:axId val="170423296"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="236011520"/>
+        <c:crossAx val="140516096"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="236011520"/>
+        <c:axId val="140516096"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="184552960"/>
+        <c:crossAx val="170423296"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10277,205 +10302,205 @@
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
                   <c:v>1</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="7">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>2</c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...19 lines deleted...]
-                </c:pt>
                 <c:pt idx="9">
-                  <c:v>10</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="184561152"/>
-        <c:axId val="236013248"/>
+        <c:axId val="170423808"/>
+        <c:axId val="165068800"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="184561152"/>
+        <c:axId val="170423808"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="236013248"/>
+        <c:crossAx val="165068800"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="236013248"/>
+        <c:axId val="165068800"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="184561152"/>
+        <c:crossAx val="170423808"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10699,157 +10724,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="184557568"/>
-        <c:axId val="236014976"/>
+        <c:axId val="170425344"/>
+        <c:axId val="165070528"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="184557568"/>
+        <c:axId val="170425344"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="236014976"/>
+        <c:crossAx val="165070528"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="236014976"/>
+        <c:axId val="165070528"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="184557568"/>
+        <c:crossAx val="170425344"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11161,51 +11186,51 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>632</Words>
   <Characters>3606</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>