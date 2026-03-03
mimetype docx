--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -1,11192 +1,20031 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11766" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1126"/>
-[...22 lines deleted...]
-        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="855"/>
+        <w:gridCol w:w="378"/>
+        <w:gridCol w:w="766"/>
+        <w:gridCol w:w="699"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="1357"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="06BFB471" w14:textId="77777777" w:rsidTr="00260F95">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="001E0F39" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11766" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...4153 lines deleted...]
-            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="001E0F39" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SYLLABUS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F9B79E" w14:textId="4F92BD6D" w:rsidR="005A2B8A" w:rsidRPr="001E0F39" w:rsidRDefault="006D47E9" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faculty of </w:t>
+            </w:r>
+            <w:r w:rsidR="001E0F39" w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Economics and Administrative Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="001E0F39" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-            <w:gridSpan w:val="18"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001E0F39" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5645F289" w14:textId="537F9CF4" w:rsidR="00681162" w:rsidRPr="001E0F39" w:rsidRDefault="00305B0B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IFN-314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54764CA8" w14:textId="51BCC64A" w:rsidR="00681162" w:rsidRPr="001E0F39" w:rsidRDefault="00305B0B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-Commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5967AF88" w14:textId="6A92C8C6" w:rsidR="00681162" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(3-0-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C5E0D3" w14:textId="0E6C7748" w:rsidR="00681162" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001E0F39" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640BECDB" w14:textId="1EB8C4BA" w:rsidR="00681162" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="001E0F39" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34735A46" w14:textId="6D06C29F" w:rsidR="001B4DBF" w:rsidRPr="001E0F39" w:rsidRDefault="006B3DE1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Co</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>urse</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001B4DBF" w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B0539" w14:textId="6E39DBAB" w:rsidR="001B4DBF" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="001E0F39" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Delivery Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="082FB09F" w14:textId="315AA627" w:rsidR="001B4DBF" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Face-to-Face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="001E0F39" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Type and Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C618F0" w14:textId="7A88A3D7" w:rsidR="00681162" w:rsidRPr="001E0F39" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E0F39" w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compulsory / </w:t>
+            </w:r>
+            <w:r w:rsidR="002857D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0F39" w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Year / </w:t>
+            </w:r>
+            <w:r w:rsidR="002857D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Spring</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0F39" w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001E0F39" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4304" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instructor's Title, Name, and Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8257BD" w14:textId="27B90157" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Office Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001E0F39" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4304" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E9F61A" w14:textId="7877786B" w:rsidR="00F96934" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assoc. Prof. Emre Kadir ÖZEKENCİ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F812CA" w14:textId="46FA2426" w:rsidR="00F96934" w:rsidRPr="001E0F39" w:rsidRDefault="002857D3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Thursday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A92F4D2" w14:textId="28B7E14C" w:rsidR="001E0F39" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10.15-12.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="341F0CCD" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Monday-Friday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72C71106" w14:textId="184EC4B7" w:rsidR="001E0F39" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14.00-16.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E51361" w14:textId="7B4A0C2B" w:rsidR="00F96934" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="001E0F39">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ekadirozekenci@cag.edu.tr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="001E0F39" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED79668" w14:textId="26AF8577" w:rsidR="00F96934" w:rsidRPr="001E0F39" w:rsidRDefault="001E0F39" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Res. Asist. Kübra T. ONAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="00700F8D">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>kubraonat@cag.edu.tr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="001E0F39" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E7B619" w14:textId="73AF095C" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Objectives</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0F39" w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD179A" w:rsidRPr="00DD179A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The objective of this course is to provide undergraduate students with a fundamental understanding of electronic commerce concepts, models, and technologies. The course aims to equip students with the ability to analyze e-commerce business models, digital payment systems, online marketing strategies, and logistics processes, while developing awareness of legal, ethical, and security issues in electronic markets. By the end of the course, students will be able to evaluate e-commerce applications from both managerial and technological perspectives.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Learning Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Upon successful completion of this course, the student will be able to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E40272B" w14:textId="2C30EEFD" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="00535583" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00535583">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>emonstrate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00535583">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> professionalism while using information technology tools in his/her field</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2B5677" w14:textId="6720C9C7" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="00535583" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA0F5C4" w14:textId="2201530D" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="006B3DE1" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185FF67" w14:textId="383B1310" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="00483336" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00483336">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>arry out the ethical and legal principles when making decisions in global business environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA3CF30" w14:textId="121DEDB9" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="009326D6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035023D5" w14:textId="124BCDE0" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="006B3DE1" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C314DDE" w14:textId="248E5BD9" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="009326D6" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009326D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>se leadership, team working and interpersonal relationship abilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A850E46" w14:textId="1E47D163" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="009326D6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8157FC" w14:textId="44F0E10D" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="009326D6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F332E2A" w14:textId="0481EFCB" w:rsidR="00535583" w:rsidRPr="001E0F39" w:rsidRDefault="008E3EAC" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD4001" w:rsidRPr="00BD4001">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> analytical tools and critical thinking to solve contemporary business problems.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="197EF09B" w14:textId="510B6B4E" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="00BD4001" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E11ACA" w14:textId="2893C3AC" w:rsidR="003A0CE5" w:rsidRPr="001E0F39" w:rsidRDefault="006B3DE1" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="001E0F39" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D60200" w14:textId="0E499C12" w:rsidR="001B5C97" w:rsidRPr="001E0F39" w:rsidRDefault="006047AB" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006047AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>This course covers the fundamental principles and applications of electronic commerce. Topics include the evolution and types of e-commerce (B2C, B2B, C2C, and G2C), digital business models and platforms, and the technological infrastructure of e-commerce systems. The course examines online payment systems, cybersecurity and data privacy, and legal and ethical issues in electronic markets. Additionally, digital marketing, customer relationship management, logistics and fulfillment in e-commerce, and emerging trends such as mobile commerce, social commerce, and platform-based economies are discussed through practical examples and case studies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001E0F39" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="003208C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Schedule (Weekly Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001E0F39" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="001E0F39" w:rsidRDefault="00116830" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Methods and Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001E0F39" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001E0F39" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B9E913" w14:textId="60AF42EE" w:rsidR="003923D0" w:rsidRPr="001E0F39" w:rsidRDefault="00B43DD8" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Introduction </w:t>
+            </w:r>
+            <w:r w:rsidR="00371069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and overview of E-commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2F6454" w14:textId="6AD4C3D0" w:rsidR="003360EF" w:rsidRPr="001E0F39" w:rsidRDefault="00B43DD8" w:rsidP="0077715D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00356BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00356BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ourse syllabus and introductory reading on globalization and </w:t>
+            </w:r>
+            <w:r w:rsidR="00371069">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e-commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B28CFF9" w14:textId="0D4C4B72" w:rsidR="003360EF" w:rsidRPr="00B43DD8" w:rsidRDefault="00B43DD8" w:rsidP="00B43DD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture, instructor-led discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="001E0F39" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001E0F39" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0195B8CF" w14:textId="4D104E78" w:rsidR="003923D0" w:rsidRPr="001E0F39" w:rsidRDefault="0053776B" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053776B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-commerce Business Models and Concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E98004" w14:textId="6C40E278" w:rsidR="003360EF" w:rsidRDefault="005447D0" w:rsidP="0077715D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00B43DD8" w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE4F4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Part 1 – chapter 2 on textbook</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67DFA02F" w14:textId="00E318EF" w:rsidR="00B43DD8" w:rsidRPr="001E0F39" w:rsidRDefault="00B43DD8" w:rsidP="0077715D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091113C1" w14:textId="63D49FEF" w:rsidR="003360EF" w:rsidRPr="00B43DD8" w:rsidRDefault="00B43DD8" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture, visual timeline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (short videos)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49527597" w14:textId="2FAF91CC" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D4A53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-commerce Infrastructure: The Internet, the Web, and the Mobile Platform</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B75F9D1" w14:textId="61F38B96" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Part 2 – chapter 3 on textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDD091" w14:textId="5F541C8B" w:rsidR="005447D0" w:rsidRPr="00FF6B01" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture, visual timeline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (short videos)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Q&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="2276A910" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEE239" w14:textId="70BF58FA" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00955465">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dotcom crisis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3739A057" w14:textId="2B907473" w:rsidR="005447D0" w:rsidRPr="00FF6B01" w:rsidRDefault="00955465" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>isual timeline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (short videos)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8C3390" w14:textId="2313695C" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Guest Speaker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2FED1" w14:textId="7A23C2EA" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:r w:rsidR="005447D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="005447D0" w:rsidRPr="00672BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Current debate on e-commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F167A28" w14:textId="44265867" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>roup debate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and O&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206DAB37" w14:textId="36A0B7D5" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-commerce Marketing and Advertising Concepts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E24EA" w14:textId="7F8A9451" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – chapter </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EAE6DF" w14:textId="7719A324" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture, real-world examples, group debate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65547CF4" w14:textId="34BBCD08" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Review </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A76C7" w14:textId="25B73A6E" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ey topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB9DD7" w14:textId="5EBA7013" w:rsidR="005447D0" w:rsidRPr="00E151FF" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E151FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discussion </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1F64A7" w14:textId="309514E4" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Weeks 1-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08650D66" w14:textId="2E665F3B" w:rsidR="005447D0" w:rsidRPr="0077715D" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>In-class written midterm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005447D0" w:rsidRPr="001E0F39" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305D5438" w14:textId="15C643C1" w:rsidR="005447D0" w:rsidRPr="001E0F39" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weeks 1-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0774A7A9" w14:textId="4224E017" w:rsidR="005447D0" w:rsidRPr="0077715D" w:rsidRDefault="005447D0" w:rsidP="005447D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>In-class written midterm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00955465" w:rsidRPr="001E0F39" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00955465" w:rsidRPr="001E0F39" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645FD6BD" w14:textId="11E3813E" w:rsidR="00955465" w:rsidRPr="001E0F39" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F15C3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ethical, Social, and Political Issues in E-commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBDEF72" w14:textId="01E45DB9" w:rsidR="00955465" w:rsidRPr="001E0F39" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Part 3 – chapter </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5097B9A3" w14:textId="65E3281F" w:rsidR="00955465" w:rsidRPr="00231D3E" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture, real-world examples, group debate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00955465" w:rsidRPr="001E0F39" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00955465" w:rsidRPr="001E0F39" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2531C78E" w14:textId="2B56F321" w:rsidR="00955465" w:rsidRPr="001E0F39" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D4A53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>E-commerce Security and Payment Systems</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C14D55" w14:textId="0CD909F5" w:rsidR="00955465" w:rsidRPr="001E0F39" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: Part 2 – chapter 5 on textbook</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC078F0" w14:textId="671CA321" w:rsidR="00955465" w:rsidRPr="00356BA9" w:rsidRDefault="00955465" w:rsidP="00955465">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lecture, real-world examples, group debate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCA94A9" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B5E4B9" w14:textId="70927A40" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0022C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Company </w:t>
+            </w:r>
+            <w:r w:rsidR="0091781F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0022C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rip (technical visit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37145211" w14:textId="0F90A5F0" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672BB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Current debate on e-commerce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D2D3F" w14:textId="1BFCB745" w:rsidR="00FA6FC8" w:rsidRPr="00356BA9" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF6B01">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>roup debate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and O&amp;A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1506B42E" w14:textId="233A0EF9" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Student Project Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AFD50" w14:textId="221BAADE" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>roup project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Poster presentation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="049F1FCA" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Group project presentations with report (APA + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Poster Presentation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B14AD2C" w14:textId="67933D81" w:rsidR="00FA6FC8" w:rsidRPr="00FC1D2A" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Peer feedback using rubric</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A60206C" w14:textId="2768079C" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Student Project Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C8B00B" w14:textId="1E11B2D1" w:rsidR="00FA6FC8" w:rsidRPr="00231D3E" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>roup project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Poster presentation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA150C8" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Group project presentations with report (APA + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Poster Presentation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1216638D" w14:textId="23A4D28A" w:rsidR="00FA6FC8" w:rsidRPr="00231D3E" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Peer feedback using rubric</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B399A" w14:textId="2AFD7C21" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Student Project Presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225D9DC4" w14:textId="167691D9" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prepare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>roup project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Poster presentation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49253EA7" w14:textId="0A43A712" w:rsidR="00FA6FC8" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Group project presentations with report (APA + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Poster Presentation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7A335A" w14:textId="34E179FD" w:rsidR="00FA6FC8" w:rsidRPr="00231D3E" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Peer feedback using rubric</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D275E4" w14:textId="5C6237F3" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09017603" w14:textId="169524A3" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> key topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1818FDD3" w14:textId="2DDA72EC" w:rsidR="00FA6FC8" w:rsidRPr="00231D3E" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Feedback session</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reflection activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EA682F" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="35017500" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>all topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="18FB8831" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In-class written </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>final exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466131D0" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="13F24483" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00231D3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>all topics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="7602A613" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077715D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In-class written </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>final exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF085FE" w14:textId="56469324" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B43DD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B3DE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F205B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-Commerce 2023: Business, Technology, Society, 17th </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F205B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">edition, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F205B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kenneth C. Laudon New York UniversityCarol G. Traver Azimuth Interactive, Inc, New York University</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F205B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Recommended References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D75E96" w14:textId="68969528" w:rsidR="00FA6FC8" w:rsidRPr="001F205B" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D87B70" w:rsidRPr="00D87B70">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Harvard Business Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Assessment and Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EDFB6" w14:textId="4BEF9C3F" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5888FADE" w14:textId="11CF9D30" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D07DE" w14:textId="7E28135E" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Written Exam</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC7F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Essay)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="7C888373" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Term </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E33AFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Poster Presentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C58554F" w14:textId="424A020A" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CD7661" w14:textId="4B7510A6" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C432BAF" w14:textId="5A69FE82" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Group Project (</w:t>
+            </w:r>
+            <w:r w:rsidR="00347107">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APA + </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Poster Presentation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741351E7" w14:textId="09643ABC" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2439FEE9" w14:textId="3C2974BF" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00026D6A" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF4EB03" w14:textId="650C8319" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8BF09" w14:textId="5D3456B2" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Case Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="1CB5C4CF" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="6912C8B4" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="1C137FE3" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00347107" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Written Exam (Multiple choice)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Course Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="22CCB093" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="5F4D3145" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Out-of-Class Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="219EB8E4" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="305EBC64" w14:textId="44AF7181" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="6C9ED945" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assignment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="0C352E13" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="25BBA965" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="69D5CE2F" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26407A65" w14:textId="24F8C7EE" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Term </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A42939" w14:textId="56737DFA" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE207C" w14:textId="117917AC" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C11868" w14:textId="767D2409" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="27B4C55A" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="6A782030" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="5D3F0D92" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1005A983" w14:textId="5D03C5E4" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444D1E5" w14:textId="58B021F1" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3506B9" w14:textId="792582F9" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B894EB" w14:textId="0B8C59C9" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F77D59" w14:textId="7315187A" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>185/30=6,16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001E0F39">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7848" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ECTS Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C524EC3" w14:textId="6A7553B3" w:rsidR="00FA6FC8" w:rsidRPr="001E0F39" w:rsidRDefault="00FA6FC8" w:rsidP="00FA6FC8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="001E0F39" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001E0F39" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501B085D" w14:textId="7F538E72" w:rsidR="001C134A" w:rsidRPr="008E378A" w:rsidRDefault="003237AD" w:rsidP="008E378A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E378A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidR="00116830" w:rsidRPr="008E378A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Past Term Achievements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="001E0F39" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B9D78F" w14:textId="39DC9867" w:rsidR="003237AD" w:rsidRPr="001E0F39" w:rsidRDefault="007E5803" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5ECF6B60" wp14:editId="0AEE59BF">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8F7166" w14:textId="5BB64F7B" w:rsidR="003237AD" w:rsidRPr="001E0F39" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRDefault="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF49B39" w14:textId="1B48FEB8" w:rsidR="008E378A" w:rsidRDefault="008E378A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13482C91" w14:textId="77777777" w:rsidR="008E378A" w:rsidRDefault="008E378A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5522F3EA" w14:textId="77777777" w:rsidR="008E378A" w:rsidRDefault="008E378A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62CEDCE2" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BCB1EFB" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="638542A9" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D159E0" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262ED2DF" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="100133FA" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F9E1B0" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27760542" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29032EAE" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF61C81" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BA91EAF" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5BEC37" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20973445" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E6E758" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C9ECF7" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683CF3A0" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1368646E" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3775EF17" w14:textId="77777777" w:rsidR="007E5803" w:rsidRDefault="007E5803">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284AEB8A" w14:textId="11A051ED" w:rsidR="00560AE6" w:rsidRPr="00D87B70" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Term Project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E87A084" w14:textId="023B75F3" w:rsidR="005814BD" w:rsidRPr="00D87B70" w:rsidRDefault="005814BD" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Building and Managing a Real E-Commerce Startup</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A24EC12" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Project Overview</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05814217" w14:textId="30D931D1" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In this project, students will design, launch, and manage a real e-commerce venture using contemporary digital tools and platforms. Acting as e-commerce entrepreneurs, students will create a live website</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Google tools etc.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, develop content and digital marketing strategies, prepare a structured business plan, and communicate their findings through an APA-style academic report and a professional poster presentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510A3F38" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Project Objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11281C77" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To apply theoretical e-commerce concepts to a real-world entrepreneurial setting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD8C1E5" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To develop hands-on experience with modern e-commerce platforms and digital tools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78933EA9" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To enhance academic writing skills through APA-format documentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3C4EE6" w14:textId="152F8ACD" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To strengthen presentation and visual communication skills via poster </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>presentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AB9A48" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Project Components</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494A95FF" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1. E-Commerce Website Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D69294F" w14:textId="127051F4" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students will create an operational e-commerce website using Google Sites, Shopify, Wix, or WordPress </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56629516" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minimum requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFE6195" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clear value proposition and target market definition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF25CE2" w14:textId="5897E61F" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Product or service pages (minimum </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5825" w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> items or service descriptions</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4126B" w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE21615" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>About Us, Contact, and Privacy Policy pages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D82C53" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Students are encouraged to integrate:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2941CB" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Google Analytics (basic traffic monitoring)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40503C0E" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2. Content Creation &amp; Digital Presence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611CB0B0" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Students will maintain regular and structured content updates throughout the semester.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B33458" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Required content:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EBD6BC" w14:textId="64ECAC11" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Minimum </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5825" w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blog posts aligned with the brand and customer needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379997B4" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Product descriptions written using persuasive copywriting techniques</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5DB114" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Use of visuals (infographics, product images, short videos if possible)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175F1A32" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional but encouraged:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367CA00B" w14:textId="50235AC6" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Social media integration (Instagram, LinkedIn)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6614A275" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Email subscription or newsletter mock-up</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38518412" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3. Business Plan Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4481E1" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Students will prepare a concise but realistic e-commerce business plan, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21375853" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business idea and value proposition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63443BD8" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Market and competitor analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB8C98D" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Target customer profile</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B18F846" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Digital marketing and sales strategy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F944EF" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Operations and fulfillment model</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D664D0" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cost structure and basic revenue model</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE626D4" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sustainability and ethical considerations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176C4D63" w14:textId="65F98354" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Current trends such as personalization, platform-based commerce, and sustainable e-commerce practices should be reflected where relevant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5932F9BE" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4. Academic Report (APA Format)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A3DEB8" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Students will submit an APA 7th edition formatted report (2,500–3,000 words) including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A3F384" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Introduction and project motivation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC1CB0B" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Literature-based discussion of e-commerce concepts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319758C3" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Methodology (tools, platforms, and implementation process)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1634FCBF" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business plan and website analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D0DEF1" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Discussion of challenges and learning outcomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0575D4" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conclusion and future development suggestions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45861B49" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proper in-text citations, reference list, and academic tone are mandatory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3646037E" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5. Poster Presentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3700D682" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Students will design and present a professional academic poster summarizing the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36321BFC" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Poster must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B685575" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Project title and team information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA34B36" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business concept and value proposition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F892B11" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Website visuals and analytics highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C45D37D" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Key findings and learning outcomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCF319C" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Future growth and scalability ideas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AF0749" w14:textId="77777777" w:rsidR="00866F3E" w:rsidRPr="00D87B70" w:rsidRDefault="00866F3E" w:rsidP="00D87B70">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D87B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Posters will be evaluated on clarity, visual design, content quality, and oral explanation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2F210B" w14:textId="77777777" w:rsidR="005814BD" w:rsidRPr="00866F3E" w:rsidRDefault="005814BD" w:rsidP="00866F3E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="068F863F" w14:textId="5D89ECD6" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426FF4A2" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58D2FBEF" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EDD3432" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C27158" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B91B49" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A2596D" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2686776E" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C0B4F3A" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70D0268D" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E94D4FD" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E5D0B9" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6DF9C3" w14:textId="77777777" w:rsidR="001B6A1C" w:rsidRDefault="001B6A1C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18884BD6" w14:textId="17DFA2D6" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="0073581C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>FN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0073581C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>314</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0073581C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E-Commerce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD203EB" w14:textId="12012E18" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="0073581C" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00560AE6" w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76ED2A88" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Assessment Rubric</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03858D49" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00BB73F4" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10368" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="9377"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="10A05B1E" w14:textId="77777777" w:rsidTr="00857F18">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3589CFF5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Student:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FBCAD1" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="6E8BCFA7" w14:textId="77777777" w:rsidTr="00857F18">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D4414C" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Evaluator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53DA08AE" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="05A0BE00" w14:textId="77777777" w:rsidTr="00857F18">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AA2EB6" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9468" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCEA51B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FC20A23" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For each of the evaluation dimensions identified below, use the evaluation rubric to assess the student’s work by specifying a score based on the performance ratings and descriptors delineated in the rubric form and supplying relevant comments in the space provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220BA4D4" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33BF10C3" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Focus on Topic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The degree to which the student will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acquire fundamental and technical knowledge in the area of business and use this knowledge to approach business problems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F2E813" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BDF592" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Integration of Theoretical and Practical Knowledge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: The extent to which students use elementary and relevant knowledge related with international trade &amp; logistics applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A82C59F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E42799" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Analytical/Critical-Thinking Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The degree to which the students will recognize the relations among businesses and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identifies the research problem, concept, or idea, and specifies its constituent elements; investigates, selects, and organizes research information. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCFF352" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B6695B" w14:textId="6C4307EB" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Writing Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: The degree to which the student employs APA formatting in the written project, the extent to which the student uses appropriate language/word choice, mechanics, and writing conventions and the extent to which the student uses and cites appropriate resources in the research project</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F4965C" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32391A25" w14:textId="15431841" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oral Communication Skills</w:t>
+      </w:r>
+      <w:r w:rsidR="0073581C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Poster presentation)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: The degree to which the student presents the project information in a logical sequence, employs supporting graphics, and uses appropriate communication conventions in the oral presentation of the research project</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53ACC54C" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2619D5DE" w14:textId="4A063C45" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Collaboration/Integration Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The degree to which the student </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will be able to apply effective communication skills and work in teams effectively</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF7F01">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482E76A5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398A7F58" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporate Social Responsibility Awareness:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The extent to which the students </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560AE6">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will develop sensitivity towards society and environment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11441FEC" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2214D3" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F6C979" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0104882B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6269188F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F303B1" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044B8146" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D89691D" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B926936" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADAF0D7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C56591A" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A4EAA0" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00A20A38" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC9CE19" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00A20A38" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F463FB" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00A20A38" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1956"/>
+        <w:gridCol w:w="2075"/>
+        <w:gridCol w:w="2092"/>
+        <w:gridCol w:w="2111"/>
+        <w:gridCol w:w="828"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="198F7C23" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EAC7849" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Research Project Evaluation Rubric</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="309806BE" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="309A089B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Criterion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2048FD80" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Performance Rating</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B31CD26" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="4A72708E" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53477BFE" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="786C985C" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Needs Improvement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-            </w:tcBorders>
-[...393 lines deleted...]
-            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...26 lines deleted...]
-            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="791E007F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Competent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...41 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F060ABD" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Exemplary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D6BF36" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C433C7" w14:paraId="02F72C83" w14:textId="77777777" w:rsidTr="00260F95">
-[...40 lines deleted...]
-                <w:lang w:val="en-US"/>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="4E975768" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2354CDD5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="101" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="72" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07691A7B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="662999B4" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FA70FF" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CDC1F9" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="27341ACC" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0104A1" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Focus on Topic</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="051B51C9" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Content)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="101" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="72" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="041D2F77" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Content is unclear, inaccurate, and/or incomplete; support for the central purpose, arguments, or goals of the project is weak or poorly discussed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB2987B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5490A5FC" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Presents clear and appropriate information that adequately supports the central purpose, arguments, or goals of the project.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3CA5C3" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Presents balanced, significant, and valid information that clearly and convincingly supports the central purpose, arguments, or goals of the project</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB01549" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="772D7D7D" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="52732889" w14:textId="77777777" w:rsidTr="006B447B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F4DDA7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E80578" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3026901B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measures:  ISLO 1; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>students will be able to recognize elementary and relevant theoretical knowledge such as economics, law, mathematics, statistics, accounting and finance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="58B8CA6D" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E6E99C" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="039CD759" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FE245C" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC5ABA5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C56CB0E" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="7ADBF0B5" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="443A98A1" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Integration of Theoretical and Practical Knowledge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16FE3AF2" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Definition of international trade &amp; logistics application is not clearly stated. Supporting details and information are unclear regarding international trade &amp; logistics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32282351" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Definition of international trade &amp; logistics application is missing several elements. Supporting details and information are relevant but several topics are not discussed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DFA641" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Definition of international trade &amp; logistics application is clearly stated. Quality details give the reader important information about topics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F9DE8F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="6994EFE4" w14:textId="77777777" w:rsidTr="006B447B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AE4B02" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53808449" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="045FC854" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Measures:  ISLO 2;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students will be able to use elementary and relevant knowledge related with international trade procedures.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="2AAE05BA" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C3F292" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253D7E5E" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43259FE2" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="157382BC" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6B33C7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="76875D29" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="711E7F64" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Analytical/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A0A22D4" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Critical-Thinking Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E6F077" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research problem, concept, or idea is not clearly articulated, or its component elements are not identified or described; research information is poorly organized, categorized, and/or superficially examined. Personal assessment is not related to topic and no point of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>view regarding company.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A3C9B8" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Adequately identifies and describes (or sketches out) the research problem, concept, or idea and its components; gathers and examines information relating to the research problem, concept, or idea. Personal assessment is relevant but there is a need for more </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>supporting knowledge.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7E4C12" w14:textId="2B2EE753" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Effectively formulates a clear description of the research problem, concept, or idea, and specifies major elements to be examined; selects and prioritizes information appropriate to addressing the research problem, concept, or idea. Main idea </w:t>
+            </w:r>
+            <w:r w:rsidR="004B4999" w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>stands</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> out and is supported by </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>detailed information. Personal assessment is clearly stated.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3139192B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="6F515894" w14:textId="77777777" w:rsidTr="006B447B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="420DE63B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A46347C" w14:textId="138771D9" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625844B9" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Measures:  ISLO 3; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>students will be able to demonstrate ability to arrive at optimal solutions to business problems by using critical thinking abilities.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="1EDBC566" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC00AC5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4869FBB6" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24EA4E49" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="72" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC9FFD7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F68B339" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB05C90" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="56D0BA3F" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70309FA9" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Writing Skills</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146A0CC9" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1) APA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43792E32" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2) References</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AEE1054" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3) Grammar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F52A07" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Research project exhibits frequent and significant errors in APA formatting.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D5A1B46" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Most of the references are from sources that are not peer-reviewed or professional, and have uncertain reliability.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D4FFE8" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The written project exhibits multiple errors in grammar, sentence structure, and/or spelling; inadequate writing skills.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="72" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6A38F5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Professionally legitimate references are generally used; clear and fair citations are presented in most cases.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2817C208" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> APA formatting is employed appropriately in the research project with a few minor errors.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="327B7B22" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Written research project displays good word choice, language conventions, and mechanics with a few minor errors in spelling, grammar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="462F931B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2B3ECA" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Presents compelling evidence from professionally legitimate sources; attribution is clear and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581485E7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accurate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2661C370" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> APA format is used accurately</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F937555" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>and consistently throughout the research project.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="270908F5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Readability of the project is enhanced by facility in language use/word choice; uses language conventions effectively</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20A978FF" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="209387E2" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="6CF0D5A5" w14:textId="77777777" w:rsidTr="006B447B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2085F83A" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E908DC7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9BFACA" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Measures:  ISLO 4;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students will be able to learn how to gather date related with international trade and use research skills to analyze the available data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="74B56CBA" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4118F8" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5267D003" w14:textId="506E3BFB" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00D26B30" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-</w:t>
+            </w:r>
+            <w:r w:rsidR="002D1632">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="72" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A3EEE9" w14:textId="21F132A4" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="002D1632" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73114917" w14:textId="194912EE" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="002D1632" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>14-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="792DFFA6" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="07746AA9" w14:textId="77777777" w:rsidTr="00D87B70">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F190B49" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Oral Communication Skills</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ED2E921" w14:textId="1C0828E0" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0050481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Poster Presentation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C466955" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oral presentation cannot be understood because there is no logical sequencing of research information; presenter uses superfluous graphics or no graphics; presenter reads most or the entire project notes with little or no eye contact. There is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>9780273786542</w:t>
-            </w:r>
+              <w:t xml:space="preserve">no any supportive material (ppt, pdf, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>). The student does not use form of presentation (debate, dialogue, speech) to effectively communicate with audience.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="72" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6443D39E" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Research information is presented in a sequence that the audience can follow; graphics support and are related to the content of the project; presenter maintains eye contact with the audience with a few minor exceptions; presenter reads from notes on a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>few occasions. There is a supportive material but there is a need for more knowledge. The student use form of presentation (debate, dialogue, speech) with several mistakes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="191A4A6A" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Research information is presented in a logical, interesting, and effective sequence, which the audience can easily follow; oral presentation uses effective graphics to explain and reinforce the information presented; presenter maintains eye contact with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>audience, seldom returning to notes; presenter speaks in a clear voice and uses correct. There is a sufficient material. The student use effectively forms of presentation (debate, dialogue, speech).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A57B35" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C433C7" w14:paraId="0E3F93A6" w14:textId="77777777" w:rsidTr="00260F95">
-[...182 lines deleted...]
-            <w:tcW w:w="1173" w:type="dxa"/>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00560AE6" w14:paraId="4D1E5648" w14:textId="77777777" w:rsidTr="006B447B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="182C9709" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00D87B70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1517 lines deleted...]
-            </w:pPr>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AAEC3F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1535D44D" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="006B447B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Measures:  ISLO 5;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students will be able to present information orally and in writing at the stated level with colleagues over international trade.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19A95F61" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127" w:rsidP="00E67127"/>
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="1FE0DD80" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00475A7E" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:vanish/>
+          <w:color w:val="000000"/>
+          <w:w w:val="0"/>
+          <w:sz w:val="0"/>
+          <w:szCs w:val="0"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none" w:bidi="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1610"/>
+        <w:gridCol w:w="2395"/>
+        <w:gridCol w:w="2430"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="222"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="450640E1" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="109E4D12" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FF6FA7" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="196B116B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B87EEBE" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DEC3B1" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="6A23C7B5" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF3E0F1" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Collaboration &amp; Integration Skills</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760931EC" w14:textId="096EFC25" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Team Working)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CD29A9" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>The group atmosphere is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>competitive and/or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>individualistic.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC42D36" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Team working is not clear.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37072AEA" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>There is a general</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>atmosphere of respect for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>group members, but some</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>members of the group do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>not feel free to ask</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">questions and contribute. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Team working is relevant but should be developed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290612A0" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Members of the group share</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rStyle w:val="markedcontent"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>respect for each other.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69053FC4" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Team working is well established.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="096C3286" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DAFCDF" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="0035C388" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B15CA4" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="243C0361" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00E71FC8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D5A6732" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00E71FC8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Measures:  ISLO 6;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students will be able to utilize managerial skills to work effectively in teams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="2515BCCC" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="299AEE22" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corporate Social Responsibility </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37AE4AE5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Awareness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="347C126D" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DBB445" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="059F7849" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D64B5B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="1F1443B6" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF8B6AD" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5984D926" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Demonstrated limited awareness of environment and corporate social responsibility. The student didn’t prepare a letter of recommendation to company to enhance awareness of ethical issues in business world.  Copy of letter is not available.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="588B5986" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Demonstrated adequate awareness of environment and corporate social responsibility. The student prepares a letter of recommendation to company to enhance awareness of ethical issues in business world. But need to develop. Copy of letter is available.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="58" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="58" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F657E5" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Demonstrated strong awareness of environment and corporate social responsibility. The student prepares comprehensive letter of recommendation to company to enhance awareness of ethical issues in business world. Copy of letter is available.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2996F3D0" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="122288FD" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67766C17" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="43" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="451D996E" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00E71FC8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Comments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B93DA18" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00E71FC8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Measures:  ISLO 7;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> students will be able to recognize business, ethical and cultural issues within the environment he / she lives. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="5993DFC6" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="100"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="51EE0336" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78A69852" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56BC0DBE" w14:textId="77777777" w:rsidR="00E71FC8" w:rsidRDefault="00E71FC8" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41A3E087" w14:textId="77777777" w:rsidR="00E71FC8" w:rsidRDefault="00E71FC8" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07A597B7" w14:textId="77777777" w:rsidR="00E71FC8" w:rsidRDefault="00E71FC8" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32FE1C63" w14:textId="77777777" w:rsidR="00E71FC8" w:rsidRPr="00E71FC8" w:rsidRDefault="00E71FC8" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18FC98A8" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00475A7E" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="43" w:type="dxa"/>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:bottom w:w="43" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5220"/>
+        <w:gridCol w:w="854"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="1B60115F" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7923D3" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Summary Performance Ratings on Programmatic ISLOs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="632CA78C" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F873A6F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ISLOs/Program-Level Assessment Criteria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D994C3" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="4CAE4D75" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4324943B" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Focus on Topic (Content)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D576443" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="7E51A7F9" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55DE69BA" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Integration of Theoretical and Practical Knowledge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="508AF7CF" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="61CD5382" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DA5EB41" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Analytical/Critical-Thinking Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="013ED065" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="3CF09C2A" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D099180" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Writing Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="131F9054" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="332DC398" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75A3D331" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Oral Communication Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E9FA22" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="7D58D702" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DB55E81" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Collaboration &amp; Integration Skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F77539" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="7ECE4FFF" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="543D569F" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Corporate Social Responsibility Awareness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5030E502" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w14:paraId="300874D3" w14:textId="77777777" w:rsidTr="00E71FC8">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BDFD469" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71FC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Total Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E493D6" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00857F18">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F7694B3" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00A20A38" w:rsidRDefault="00560AE6" w:rsidP="00560AE6"/>
+    <w:p w14:paraId="13336CE6" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CC (70/100) and higher grades will be considered as successful for this lecture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26894531" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="151B92BA" w14:textId="77777777" w:rsidR="0038070C" w:rsidRDefault="0038070C" w:rsidP="00041049">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="7B302F61" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="002479A9" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0296A07E" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Best wishes...</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5DD8AD4E" w14:textId="77777777" w:rsidR="004257AD" w:rsidRDefault="004257AD" w:rsidP="00041049">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="6797A5D0" w14:textId="77777777" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00560AE6" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C7D6AF7" w14:textId="77777777" w:rsidR="004257AD" w:rsidRDefault="004257AD" w:rsidP="00041049">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="3FC10491" w14:textId="0FB6F578" w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidRDefault="00E71FC8" w:rsidP="00560AE6">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Assoc</w:t>
+      </w:r>
+      <w:r w:rsidR="00560AE6" w:rsidRPr="00E71FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Prof. Emre Kadir ÖZEKENCİ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="527D7992" w14:textId="79D5C7A4" w:rsidR="004257AD" w:rsidRDefault="004257AD" w:rsidP="00041049">
-[...157 lines deleted...]
-    <w:sectPr w:rsidR="0038070C" w:rsidSect="00E67127">
+    <w:sectPr w:rsidR="00560AE6" w:rsidRPr="00E71FC8" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4E84C7B0" w14:textId="77777777" w:rsidR="00997257" w:rsidRDefault="00997257" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7298461D" w14:textId="77777777" w:rsidR="00997257" w:rsidRDefault="00997257" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4AE2B239" w14:textId="77777777" w:rsidR="00997257" w:rsidRDefault="00997257" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="149474A4" w14:textId="77777777" w:rsidR="00997257" w:rsidRDefault="00997257" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...7 lines deleted...]
-      <w:lvlText w:val="%1."/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02A472A8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D7C670A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...1 lines deleted...]
-        <w:color w:val="0000FF"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041F0019">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B6B3395"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56AC5588"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...360 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...1 lines deleted...]
-        <w:color w:val="0000FF"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="B2A6095A">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F8C2180"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BD96C394"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="795"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="795" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019">
-[...115 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1140" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18617F74"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2F010E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1860" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2580" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3300" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4020" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4740" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5460" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6180" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="38C76335"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A2A0442"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F6CCB148"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="259202E6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A1AA9B62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="260A0910"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CAB29E9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A4E21AE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9F18D984"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C6F60B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="845C548A"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="43D47124"/>
+    <w:lvl w:ilvl="0" w:tplc="09626424">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2340" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1980" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2700" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3420" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4140" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4860" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5580" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6300" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="7020" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="3B100350"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="383E60EB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E2F8CBDC"/>
+    <w:tmpl w:val="D27C7C00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1875"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1875" w:hanging="360"/>
-[...11 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...104 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-[...4 lines deleted...]
-      <w:start w:val="5"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D64741A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AE128CBA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="780" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="403E3C79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5EB0F3EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A60785F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BCAECA8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041F0011">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50F222C0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B1D24734"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="437942F5"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="580D2954"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="845C548A"/>
+    <w:tmpl w:val="6B064504"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="3"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2340"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2340" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="635D3EA7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83E21786"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="713B367D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B8CD222"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77A556A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C1402730"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...350 lines deleted...]
-      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...186 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="417293880">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2102287066">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1883440563">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="259024400">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1394816445">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="85343746">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1517578880">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1913540876">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="207492873">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2082294281">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="376048881">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="12" w16cid:durableId="416903598">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1515877380">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1347560364">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1391003986">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="16" w16cid:durableId="452558794">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
-[...20 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="17" w16cid:durableId="494615459">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="18" w16cid:durableId="1324697828">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...190 lines deleted...]
-    <w:rsid w:val="00FC7A8D"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="000260A0"/>
+    <w:rsid w:val="00026D6A"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00051EFF"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00072D2F"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="00094147"/>
+    <w:rsid w:val="0009745F"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000A54F8"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00116830"/>
+    <w:rsid w:val="001460A7"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00154070"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00170CC3"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B4DBF"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001B6A1C"/>
+    <w:rsid w:val="001C134A"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001E0F39"/>
+    <w:rsid w:val="001F205B"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00231D3E"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00252D65"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002857D3"/>
+    <w:rsid w:val="002A2FAA"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D1632"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00305B0B"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003208C3"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="00347107"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="00356BA9"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00371069"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00383E22"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00447FFB"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="00483336"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004B4999"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="0050481D"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="00535583"/>
+    <w:rsid w:val="0053776B"/>
+    <w:rsid w:val="005447D0"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00560AE6"/>
+    <w:rsid w:val="005652A8"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00573109"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005814BD"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005A5825"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="006047AB"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00620E13"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0065015E"/>
+    <w:rsid w:val="00672BB9"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="00683AAB"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006B3DE1"/>
+    <w:rsid w:val="006B447B"/>
+    <w:rsid w:val="006C211D"/>
+    <w:rsid w:val="006D47E9"/>
+    <w:rsid w:val="006F785F"/>
+    <w:rsid w:val="00705CEB"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="0073581C"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="0077715D"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007E5803"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="008625D4"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00866F3E"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C6E31"/>
+    <w:rsid w:val="008D3DD9"/>
+    <w:rsid w:val="008D4A53"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008E378A"/>
+    <w:rsid w:val="008E3EAC"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="0091781F"/>
+    <w:rsid w:val="009326D6"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00944FE5"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00955465"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997257"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009A56D7"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="009F7F15"/>
+    <w:rsid w:val="00A26EAA"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A4126B"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A71C2A"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AC7F15"/>
+    <w:rsid w:val="00AF7F01"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B13886"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B43DD8"/>
+    <w:rsid w:val="00B52C20"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD4001"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00BF409D"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C60638"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D1188B"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D26B30"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D87B70"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DC7B1E"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DD179A"/>
+    <w:rsid w:val="00E0022C"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E151FF"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E33AFA"/>
+    <w:rsid w:val="00E5279E"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E6278F"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E71FC8"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F15C3E"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F410ED"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F723D3"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FA6FC8"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FB6C4A"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC1D2A"/>
+    <w:rsid w:val="00FC5B80"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FE4F4F"/>
+    <w:rsid w:val="00FF6B01"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71BBF656"/>
+  <w14:docId w14:val="382978FE"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...133 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FB6C4A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00866F3E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0A2F40" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00866F3E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu5">
-    <w:name w:val="Medium Shading 1 Accent 5"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KlavuzuTablo4-Vurgu1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...3 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band2Horz">
-[...7 lines deleted...]
-    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E0F39"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD33D8"/>
+    <w:rsid w:val="006B3DE1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
-[...3 lines deleted...]
-    <w:rsid w:val="007410B1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
+    <w:name w:val="markedcontent"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00560AE6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
+    <w:name w:val="Başlık 1 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk1"/>
+    <w:rsid w:val="00FB6C4A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-    <w:name w:val="Balon Metni Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="007410B1"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00866F3E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...2 lines deleted...]
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0A2F40" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
-    <w:name w:val="Çözümlenmeyen Bahsetme1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Balk4"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="003D6F2F"/>
+    <w:rsid w:val="00866F3E"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-[...157 lines deleted...]
-    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
-[...261 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cag.edu.tr/tr/akademik-kadro/154/dosyalar" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kubraonat@cag.edu.tr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekadirozekenci@cag.edu.tr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\12169322398\AppData\Local\Temp\graphic-1.xls" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\ASUS\Downloads\graphic(1).xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:sysClr val="windowText" lastClr="000000">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:sysClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-IFN-314</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> E-COMMERCE</a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="tr-TR"/>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Fall Semester</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:sysClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:sysClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ITL-101 International Trade</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:sysClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:sysClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
-        <c:ser>
-[...171 lines deleted...]
-        </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="252605504"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="159331328"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="252605504"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="252605504"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="159331328"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
-<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-      <c:spPr>
+<file path=word/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
         <a:noFill/>
-        <a:ln w="25400">
-[...286 lines deleted...]
-      <c:spPr>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
         <a:solidFill>
-          <a:srgbClr val="FFFFFF"/>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
         </a:solidFill>
-        <a:ln w="3175">
-[...27 lines deleted...]
-    <a:ln w="3175">
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
       <a:solidFill>
-        <a:srgbClr val="3366FF"/>
+        <a:schemeClr val="lt1"/>
       </a:solidFill>
-      <a:prstDash val="solid"/>
-[...5 lines deleted...]
-</c:chartSpace>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3403</Characters>
+  <Pages>10</Pages>
+  <Words>2412</Words>
+  <Characters>15177</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>126</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3992</CharactersWithSpaces>
+  <CharactersWithSpaces>17554</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>Samsung</dc:creator>
+  <dc:subject/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>3dd14257-1a04-47bf-8b93-c2ca3251f9bb</vt:lpwstr>
+  </property>
+</Properties>
+</file>