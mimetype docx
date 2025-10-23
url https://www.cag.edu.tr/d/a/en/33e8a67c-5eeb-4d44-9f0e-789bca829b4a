--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,11035 +1,9772 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="176"/>
+        <w:ind w:left="2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>SYLLABUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:ind w:left="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vocational</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applied</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>English</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Translation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="62"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="619"/>
         <w:gridCol w:w="276"/>
-        <w:gridCol w:w="717"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1074"/>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="3815"/>
+        <w:gridCol w:w="1729"/>
+        <w:gridCol w:w="999"/>
+        <w:gridCol w:w="1113"/>
         <w:gridCol w:w="283"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1419"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="003F6BFB" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="1469"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...183 lines deleted...]
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-            <w:tcW w:w="5543" w:type="dxa"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="678"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="235"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="371"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>AET-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71" w:rsidP="00E46E2C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="1594"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E46E2C">
+              <w:t>Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E46E2C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(2-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00250F71">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00250F71">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>)3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9358" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...39 lines deleted...]
-            <w:tcW w:w="2112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="375"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...7 lines deleted...]
-              <w:t>Credits</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...4 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Turkish-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="86"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Mode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="90"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Face</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9358" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="173"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Short</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Cycle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Associate)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1st</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Fall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="511"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Surname</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="0" w:right="88"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>ECTS Value</w:t>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Office</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="003F6BFB" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="1706"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Lect.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Merve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Tohma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="0" w:right="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>12:45–13:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="220" w:hanging="22"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>mervetohma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> @cag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="88"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9358" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="757"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10968" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Objectives:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>will</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>comparatively</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>understand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>core</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>grammatical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>between</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="20"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Turkish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>English,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>recognise</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>how</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>these</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>affect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>decisions,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>produce accurate and fluent translations for different text types.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="182"/>
+              <w:ind w:left="1745"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7534" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>successful</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>course,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>student</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>will</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>able</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>to;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2815" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="904"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="582"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7534" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="188" w:firstLine="79"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="117" w:firstLine="422"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...22 lines deleted...]
-            <w:tcW w:w="5543" w:type="dxa"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:right="224"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Describe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Turkish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sentence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>explain key differences.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>1,3,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="224"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Compare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>subject,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>noun,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>article,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>pronoun,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>tense,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>question</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and negation structures across the two languages.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>1,2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="16" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>5,4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="224"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Apply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>grammatical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>correctly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>short</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">translation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tasks.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>2,3,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>4,5,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="757"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="224"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Select</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>justify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>suitable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>context</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in prepositions, conjunctions and conditionals.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>1,4,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="16" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>4,5,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Produce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>original</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>translations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>text</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>types</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(news,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>job ad, advertisement, academic abstract).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>3,5,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>4,5,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:right="224"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Identify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>correct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>errors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>processes;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>give</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and receive peer feedback.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>2,4,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>4,4,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="619" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6543" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="224"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Compile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>portfolio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>produced</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>translations;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>self-assess</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>via rubrics and develop an improvement plan.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="445"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>2,7,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="16" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>4,4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="1012"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="581"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9358" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Turkish–English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>grammar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(word</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>order,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>subject</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>use,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>noun structures, articles, pronouns, tenses, questions/negation, prepositions,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>conjunctions/conditionals);</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>strategies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>type;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>micro-translation practice; error analysis; final workshop.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10968" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Schedule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Weekly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="160"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="33"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2728" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="787"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="817" w:hanging="581"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E241D7">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="557" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="765"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="1949"/>
+        <w:gridCol w:w="1074"/>
+        <w:gridCol w:w="1703"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Word</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Order</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(SVO–SOV)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Level</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>check</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sample sentence collection</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Lecture;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>worked</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>examples; mini translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>workshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Subject</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Obligatoriness</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>TR–EN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>subject</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">use </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>examples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="318"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Comparative</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>analysis; pair work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Noun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(plural,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>possession)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Collect noun phrases from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>job/classified</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ads</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Text</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>mining;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">micro- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Noun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(countable–uncountable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">product </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Case</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>analysis;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">decision </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Articles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Definiteness</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Read</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Wikipedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>entries</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Rule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>induction;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>error analysis workshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pronouns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Prepare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">dialogue </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>passages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">chains; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>rewriting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tenses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Present</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simple</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="591"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Bring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>CV/job</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ad </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>examples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Task-based</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="394"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tenses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Past </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simple</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Select</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>news/history</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Tense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">alignment; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>translation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tenses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Pres.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Continuous</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Future</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>vlog</w:t>
+            </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...6 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>examples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...5 lines deleted...]
-              <w:t>Grammar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Synchronisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...11 lines deleted...]
-            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> exercises</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Structures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Prepare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">interview/survey </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="404"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Socratic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>questioning; translation drill</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...19 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Negation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ads/legal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>texts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="188"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Negation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>shift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">analysis; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>micro-translation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:t>6</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Prepositions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="591"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">posters/official </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>announcements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="135"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Time/place</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">prepositions </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="003F6BFB" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Conjunctions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Conditionals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1–2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="322"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academic </w:t>
+            </w:r>
+            <w:r>
+              <w:t>abstract/business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Cause–effect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>mapping</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Workshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="138"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mixed file </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...5 lines deleted...]
-              <w:t>Prerequisite</w:t>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>news+ad+announcemen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003F6BFB">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>t)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Workshop;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">peer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B4DBF" w:rsidRPr="003F6BFB" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...23 lines deleted...]
-            <w:tcW w:w="3790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7521" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:right="687"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Primary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Swan,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>M.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Smith,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(2001).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Learner</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>English. Cambridge University Press.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="1013"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>References:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7521" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="293"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="293" w:hanging="183"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Baker,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>M.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(2018).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Words</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(3rd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Routledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="293"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="293" w:hanging="183"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Newmark</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>P.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(1988).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Textbook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Translation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Prentice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hall.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="293"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="418" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Salkie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(2018).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>How</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Contrastive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translation. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Routledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="254"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Percentile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...155 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="003F6BFB" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...166 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>written</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="003F6BFB" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...85 lines deleted...]
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4726" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...112 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="111"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>written</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="003F6BFB" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="001B4DBF">
-[...2328 lines deleted...]
-      <w:tr w:rsidR="009C6D9F" w:rsidRPr="003F6BFB" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="10971" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Plan)</w:t>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6D9F" w:rsidRPr="003F6BFB" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="365"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6D9F" w:rsidRPr="003F6BFB" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="003E4006">
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...3 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12" w:right="4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...136 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> workshop</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Out-of-Class</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C6D9F" w:rsidRPr="003F6BFB" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="00EB4750">
+    </w:tbl>
+    <w:p w:rsidR="00E241D7" w:rsidRDefault="00E241D7">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00E241D7">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="283" w:bottom="550" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4683"/>
+        <w:gridCol w:w="1562"/>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="1701"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E241D7">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...4434 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:tcW w:w="4683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Assignment</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="19"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="18" w:right="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>+ Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="19" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="18" w:right="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Duration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Final Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="19" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="18" w:right="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="0" w:right="90"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="18" w:right="4"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...25 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>180</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="0" w:right="90"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="18"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...20 lines deleted...]
-            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>180</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E241D7">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="0" w:right="91"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...4 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="18" w:right="2"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...795 lines deleted...]
-              <w:t>6 ECTS</w:t>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="003F6BFB" w:rsidRDefault="003237AD">
-[...20 lines deleted...]
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
+    <w:p w:rsidR="00250F71" w:rsidRDefault="00250F71"/>
+    <w:sectPr w:rsidR="00250F71">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1280" w:right="283" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E70BB23" w14:textId="77777777" w:rsidR="00AE7111" w:rsidRDefault="00AE7111" w:rsidP="0034027E">
+    <w:p w:rsidR="001246C9" w:rsidRDefault="001246C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A0F73A3" w14:textId="77777777" w:rsidR="00AE7111" w:rsidRDefault="00AE7111" w:rsidP="0034027E">
+    <w:p w:rsidR="001246C9" w:rsidRDefault="001246C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CAC53E6" w14:textId="77777777" w:rsidR="00AE7111" w:rsidRDefault="00AE7111" w:rsidP="0034027E">
+    <w:p w:rsidR="001246C9" w:rsidRDefault="001246C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AC40DEA" w14:textId="77777777" w:rsidR="00AE7111" w:rsidRDefault="00AE7111" w:rsidP="0034027E">
+    <w:p w:rsidR="001246C9" w:rsidRDefault="001246C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00E241D7" w:rsidRDefault="00250F71">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
+      <w:ind w:right="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00911FE6">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:b w:val="0"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
-          <wp:extent cx="2160000" cy="651484"/>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487266304" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>2804609</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>331672</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1966935" cy="390448"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2160000" cy="651484"/>
+                    <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="4F9840FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFDE9070"/>
+    <w:lvl w:ilvl="0" w:tplc="8312EEF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="110" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9C7CF21A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="859" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5426AF70">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1598" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F020A3D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2337" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D456A848">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3076" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5B80C16E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3815" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="12B89430">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4554" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8D662B32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5293" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6332D92C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032" w:hanging="185"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A4CE2"/>
-[...214 lines deleted...]
-    <w:rsid w:val="00FC6B48"/>
+    <w:rsidRoot w:val="00E241D7"/>
+    <w:rsid w:val="001246C9"/>
+    <w:rsid w:val="00250F71"/>
+    <w:rsid w:val="004137BC"/>
+    <w:rsid w:val="009523A4"/>
+    <w:rsid w:val="00DF3AC9"/>
+    <w:rsid w:val="00E241D7"/>
+    <w:rsid w:val="00E46E2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="382978FE"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...278 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...2 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="126"/>
+      <w:ind w:right="46"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:strike w:val="0"/>
-[...3 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="110"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:vanish/>
-[...1 lines deleted...]
-      <w:specVanish w:val="0"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLCite">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="126"/>
+      <w:ind w:right="46"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:i w:val="0"/>
-[...1 lines deleted...]
-      <w:color w:val="009933"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
-    <w:name w:val="HTML Preformatted"/>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
-[...81 lines deleted...]
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
-    <w:rsid w:val="0034027E"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:ind w:left="110"/>
     </w:pPr>
-  </w:style>
-[...30 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...365 lines deleted...]
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>1</Pages>
   <Words>635</Words>
-  <Characters>3621</Characters>
+  <Characters>3626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Cag University</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4248</CharactersWithSpaces>
+  <CharactersWithSpaces>4253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-07T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Writer</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-10-09T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>3-Heights(TM) PDF Security Shell 4.8.25.2 (http://www.pdf-tools.com)</vt:lpwstr>
+  </property>
+</Properties>
+</file>