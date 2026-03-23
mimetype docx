--- v0 (2025-10-06)
+++ v1 (2026-03-23)
@@ -1,10105 +1,9853 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="009FBC98" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="112"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B12C653" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC" w:rsidP="006648AA">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:ind w:left="52"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>SYLLABUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4F0CFB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="006648AA" w:rsidP="006648AA">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Institute of Social Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B1F2AD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="21"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11624" w:type="dxa"/>
-        <w:tblInd w:w="-1168" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1126"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="1111"/>
+        <w:gridCol w:w="624"/>
+        <w:gridCol w:w="271"/>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="252"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="223"/>
+        <w:gridCol w:w="1231"/>
         <w:gridCol w:w="792"/>
-        <w:gridCol w:w="255"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="247"/>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="257"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="759"/>
+        <w:gridCol w:w="1542"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="52DF3152" w14:textId="77777777" w:rsidTr="00DC3D06">
+      <w:tr w:rsidR="00E20893" w14:paraId="5E165A40" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11624" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B7D82C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="15ECFD9B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC9F32F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="15"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Credit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="41831DAD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="532"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Value</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="35AE37E1" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...2 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+      <w:tr w:rsidR="00E20893" w14:paraId="147BD4C1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A913261" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="434"/>
+            </w:pPr>
+            <w:r>
+              <w:t>OSD 591</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...43 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F4660A5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="1227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Business</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59F676A0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="642"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(3-0-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F31CC6A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="5CA9F3AE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9DA636" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Prerequisite Courses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9249" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53FE4500" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="71AB82E5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF63C83" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="375"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Language:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="477C79C8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Turkish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2246" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D58C1CE" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="447"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Delivery </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Method:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3633" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="210FAEA4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="112"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Face-to-face</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="6A67A7E8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC989AB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB35656" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Level:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9249" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44040CB0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085" w:rsidP="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="173"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Elective / Master's</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="362D0198" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="511"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A165AB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="129"/>
+              <w:ind w:left="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Instructor's</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>First</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Name,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Last</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC62AA9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="411" w:right="330" w:hanging="63"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">Course </w:t>
             </w:r>
-            <w:r w:rsidR="00C122DD">
-[...12 lines deleted...]
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1663" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5F718F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="129"/>
+              <w:ind w:left="174"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Office</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="34943E76" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="129"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C0085" w14:paraId="6BB59680" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="222F2C11" w14:textId="77777777" w:rsidR="00E67127" w:rsidRPr="00183415" w:rsidRDefault="00E67127" w:rsidP="00183415">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77A2FE0E" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="250"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42F9571F" w14:textId="7CF4BA90" w:rsidR="007C0085" w:rsidRDefault="005D7357" w:rsidP="005D7357">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Assoc. Prof.</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0085">
+              <w:t xml:space="preserve"> Emre Kadir ÖZEKENCİ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="729019CC" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...19 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D3AA9A3" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E8A95DF" w14:textId="3DBB63D3" w:rsidR="007C0085" w:rsidRDefault="005D7357" w:rsidP="006A7072">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>16.30-19.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1663" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55A48D0A" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C38A62" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Tuesday</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA08B98" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B7B93">
+              <w:t>10.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2762" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...771 lines deleted...]
-              </w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="361836B0" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="250"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59F6CA23" w14:textId="77777777" w:rsidR="007C0085" w:rsidRDefault="007C0085" w:rsidP="006A7072">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="268"/>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00B244AA" w:rsidRPr="001637D1">
+              <w:r w:rsidRPr="00777543">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:b/>
-[...2 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>fatihkoc@cag.edu.tr</w:t>
+                <w:t>ekadirozekenci@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...3559 lines deleted...]
-            <w:r w:rsidR="00726C58">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Kpr"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>fatihkoc</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E227F" w14:paraId="08193878" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...3 lines deleted...]
-            <w:gridSpan w:val="6"/>
+      <w:tr w:rsidR="00E20893" w14:paraId="31B54BE1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...26 lines deleted...]
-            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="305B9B05" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="405"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Coordinator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8997" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...30 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4556E5A9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72B99" w14:paraId="3B171E31" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...317 lines deleted...]
-              <w:t xml:space="preserve"> GMBH &amp; (2017)</w:t>
+      <w:tr w:rsidR="00E20893" w14:paraId="352E7EC6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10859" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="132CB528" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Objective</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72B99" w:rsidRPr="00183415" w14:paraId="4A471227" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...542 lines deleted...]
-      <w:tr w:rsidR="00A72B99" w:rsidRPr="00183415" w14:paraId="07592798" w14:textId="77777777" w:rsidTr="00DC3D06">
+      <w:tr w:rsidR="00E20893" w14:paraId="49E4EE2B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11624" w:type="dxa"/>
-[...742 lines deleted...]
-            <w:gridSpan w:val="22"/>
+            <w:tcW w:w="624" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...70 lines deleted...]
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C23118" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="235"/>
+              <w:ind w:left="983"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7216" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BE24447" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12623A7A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Upon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>successful</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>course,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>student</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>will</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>able</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>to:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3019" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D6A1643" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="1015"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="73CF5C82" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E91BBB0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7216" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67DA477F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BF5B704" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="240" w:firstLine="79"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Program Outcomes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C7AF329" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="182" w:firstLine="420"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Net </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="15DE2F66" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="751CE7A7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EFD864" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0023785B">
-[...7 lines deleted...]
-              <w:t>80</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4D75BB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>explain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>basic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>concepts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>technologies and their applications in business and society.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AA5516" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8EF1C6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72B99" w:rsidRPr="00183415" w14:paraId="0B0BC41E" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...83 lines deleted...]
-            <w:gridSpan w:val="22"/>
+      <w:tr w:rsidR="00E20893" w14:paraId="75B4E4C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CD06D8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="5F8C3514" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20DD2B57" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>generational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in the meta-era.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FD471BC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="741C1DEC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="06E42E64" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B8FAC3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E78D04C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDBDC10" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="450"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>evaluate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>micro-trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>meta-marketing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C960D3C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="73866BD8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="1F1051AA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD45B9C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FCB7319" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B0B50A2" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>evaluate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>integration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>physical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>virtual worlds from a business perspective.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C214CC9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:ind w:left="434"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="248BB7A1" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="2143EC4D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5019A6BF" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="031ECBE0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8005B9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>examine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">modern </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>businesses.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6870A2" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB5F34F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="3732BDCA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CD0E34" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66A6BEA0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25EBE2E2" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="656BBB03" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="450"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>use</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>augmented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(AR),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">metaverse, and multi-sensory immersive experiences in practical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>scenarios.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70F243CB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="191FBD8E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71B7BF55" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31341C69" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72B99" w:rsidRPr="00183415" w14:paraId="6CD0A03A" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...7 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00E20893" w14:paraId="78C6B134" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A7B976" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D82BDDC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...15 lines deleted...]
-              <w:t>RECENT PERFORMANCE</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBA5A2C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>analyze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>human-machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and evaluate their impact on future business applications.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0721F4C6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB7F88B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72B99" w:rsidRPr="00183415" w14:paraId="22206B15" w14:textId="77777777" w:rsidTr="00DC3D06">
-[...3 lines deleted...]
-            <w:gridSpan w:val="24"/>
+      <w:tr w:rsidR="00E20893" w14:paraId="61D23775" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...139 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="79890761" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ED1F3C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD3F22C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students can develop and present project proposals and demonstrate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>critical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>thinking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>analytical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>related</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CFE76B8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r>
+              <w:t>new</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> technologies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="791D70E5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="312"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">5, 6, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7980EB5D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="17"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">4, 5, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="0539A7FA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A67A44" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="128"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05AD58BA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="581"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Course Content:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9249" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="663178C3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111" w:right="90"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>This course aims to provide students with an understanding of the impact of emerging technologies on businesses, marketing strategies, and societal transformation. Topics such as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>extended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="67"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reality,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>metaverse,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="68"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>multisensory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>immersive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="66"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>experiences,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="70"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>human–</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12F2BC97" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="111" w:right="96"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>machine interactions will be explored to equip students with knowledge and skills for the future business environment.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="33EB6176" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10859" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEDE15D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Content:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Weekly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Lesson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Plan)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="3FE3759C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6806B9F1" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Week</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="651836BA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CF87827" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="524"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1326504E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="938" w:hanging="437"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Techniques</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="09CE13A0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1423C122" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB4F890" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sharing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>expectations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for the course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2270" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB08387" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>should</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DB2BC5E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>course objectives and</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF13252" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C245B44" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>discussions,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>creating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>an expectation map</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50B8C464" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127" w:rsidP="00E67127"/>
-    <w:p w14:paraId="5B532045" w14:textId="77777777" w:rsidR="00E23A83" w:rsidRDefault="00E23A83" w:rsidP="00041049">
+    <w:p w14:paraId="41D3A563" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:sectPr w:rsidR="00E20893">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="566" w:bottom="280" w:left="283" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F09DF25" w14:textId="77777777" w:rsidR="0038070C" w:rsidRDefault="0038070C" w:rsidP="00041049">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="4309"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="3384"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E20893" w14:paraId="23B02997" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7C8CA5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="182C934D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="011BA01B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="167"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>learning goals; they should be prepared to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>share</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD9E8F4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="254"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>own</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>academic expectations .</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CA9483" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="054132CD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38384655" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61EEFD1C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2871159B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1556AD82" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="394B11AB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FF1A4DE" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="444E80A9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12AAAD16" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>New</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Technologies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BEE8BA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>preliminary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reading on the basic concepts related to current new technologies and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF30935" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>take</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>examples.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB4DD5E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="619D31F1" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6691DFBD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Concept</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Maps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Brainstorming</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="19EF5108" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1265"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="31468D7C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AAE8B8F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="152CF206" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="784D9A6E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="542A6E63" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AD9B2B0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Generations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Meta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Marketing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA90B44" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="147"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Students should </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">research generational </w:t>
+            </w:r>
+            <w:r>
+              <w:t>differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>their</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C21F6F6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>impact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>marketing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0C0B3D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F181520" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Small group experimental activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>mind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>mapping</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="7EB87320" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0462AC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C4A0DE3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4003C084" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFD55F4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13D74EDB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45F8D989" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Micro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Meta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marketing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BE3C86" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="147"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should review current academic articles and reports on the five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>micro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B24E620" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>meta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>marketing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519D46CB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19B1CC9D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="550367F8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sharing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>session, Flipped classroom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="7B84FD13" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1518"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="05259142" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D42438E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4226695D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A4F943" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11FB6F70" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75EEC4F8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Integration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Physical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Virtual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Worlds from a Business Perspective</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="64076184" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should research case studies on how businesses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>integrate physical and virtual</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A34F5E0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>worlds.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC93B96" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFFBF96" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7465AC04" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Flipped</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Classroom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Role- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Playing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="6B90D986" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EDCA33" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3872C997" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26AC6F23" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40305DEB" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A8FCFCC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A238D45" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107" w:right="187"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>New</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Businesses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EF4078" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>five</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>key new technologies used in businesses and prepare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55892278" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>industry-based examples.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FC3E7F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FF64D00" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F4E20D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+              </w:rPr>
+              <w:t>Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+              </w:rPr>
+              <w:t>case</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="34343B"/>
+              </w:rPr>
+              <w:t>and problem solving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="1FA8B1FD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF5CA7D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2665EAF6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EF3B922" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5712180E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C31AE98" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4903F16F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Preparation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3751FEAD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should determine project topics, formulate research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>questions,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA3F409" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>and prepare preliminary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>drafts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD5D829" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39D25D09" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5647E854" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>SWOT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>PESTEL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Analysis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="72DA1E12" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C0F7BA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EC529D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="632A4C24" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B7EBB3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="7D31CBFE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C095E5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4347AF" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Midterm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F21E814" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D12980" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="3ABC0CC7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1770"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A6BCDD3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14C40FEA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40A34C04" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A7FE48" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ED2FF46" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F980895" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Augmented</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Reality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="768E022F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should research the concepts of augmented and virtual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40F6BEE8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="181"/>
+            </w:pPr>
+            <w:r>
+              <w:t>examine their current</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>applications.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5506B19B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CD873A7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16D9C089" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Small group experimental activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>mind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>mapping</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="21F25AD0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1518"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B43134C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37481EC1" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64D0AB47" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3447A27A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B30FA70" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6104658A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Metaverse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B84A96" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Students should research the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fundamental </w:t>
+            </w:r>
+            <w:r>
+              <w:t>characteristics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the metaverse, as well</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3911FBBD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>as the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> opportunities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F351B0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E918B93" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60A480E9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107" w:right="140"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Concept</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>maps,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>case</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">studies, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6992B42D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="00E20893">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="566" w:bottom="280" w:left="283" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58C24D61" w14:textId="17F7BCE2" w:rsidR="0038070C" w:rsidRDefault="00723ED7" w:rsidP="00DE5131">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="1169"/>
+        <w:gridCol w:w="757"/>
+        <w:gridCol w:w="910"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1112"/>
+        <w:gridCol w:w="2274"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E20893" w14:paraId="7EB42661" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1721A7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E72CE72" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7566CFE4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96"/>
+            </w:pPr>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>risks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>it</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>presents for businesses.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="04424DED" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="42149313" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1768"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60315AA9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="606FF64F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="250"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42492AA3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF58550" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6507F639" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="250"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D7DD054" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Multi-Sensory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Immersive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Experiences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EAE2EBC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="280"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should examine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>role</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">multi-sensory immersive </w:t>
+            </w:r>
+            <w:r>
+              <w:t>experiences in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B43C4D4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="293"/>
+            </w:pPr>
+            <w:r>
+              <w:t>marketing and customer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>relations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E2CD62" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04EE16AD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CE897CE" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="105"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sharing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">session, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>brainstorming</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="1D1E83FD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1766"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5B268E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05E2E996" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="248"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D27C45B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A4BEFC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="303FA0FD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="248"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="140FE2C7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Human-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Interactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="407BB01A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="96"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>read academic articles and application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>examples related to human- machine interaction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641FBE0B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>beforehand.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CA9BB7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67C48EA6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AA167F8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Flipped</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Classroom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Case </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Study</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="5EDC7B40" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BA5428" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="253B54CE" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7031273E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BB6F82" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39B19CFA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DDFF8FC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>New</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Generations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="445FD767" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="96"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should research new technology trends that</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>emerge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BD76E00" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:t>future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>generations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A3B8D7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DF6C47B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Flipped</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Classroom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Role- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Playing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="6545B076" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1518"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B712B8D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA0B03D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62960334" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3005C313" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="681979EE" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34678AFC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="034BB221" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="280"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should review all their lecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>establish</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09FD4188" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="317"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">connections </w:t>
+            </w:r>
+            <w:r>
+              <w:t>between</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>concepts.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C7B1F5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F02F3A4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F49977F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Map</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Problem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Solving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="48471631" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8F8A17" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46B16B6C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F72EAA0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="169FAE2E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06E9DB14" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="548642DD" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Socrative</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC005C1" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="106" w:right="96"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Students should review previous topics and solve sample</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>questions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to practice for the</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA9A56B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="106"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>exam.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="293BA75B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70900B59" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6110457F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105" w:right="79"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Brainstorming,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Question- Answer, and Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="6D25547A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2B35B5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B84DC7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C89C9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="258EAA3B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="50621178" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C26AB41" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0284BBDA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2272" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39274880" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33153A15" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="3A41DC18" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10864" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D44FA44" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="248A411A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA552F3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Textbook:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7584" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="606BD9AA" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="36"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Philip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Kotler,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Hermawan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Kartajaya,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Iwan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Setiawan,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>6.0:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>The Future Is Immersive (2023), Wiley.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="12B15D0F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1010"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F03CF6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="295FA440" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Recommended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Resources:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7584" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="552D00E4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="107" w:right="36"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Hollensen,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>S.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Kotler,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>P.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Opresnik,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>O.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(2023).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Metaverse–the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">new marketing universe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Journal of business strategy</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+            <w:r>
+              <w:t>(3), 119-125.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A881C45" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="2A529AD0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10864" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="394BC1B2" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="5047BE48" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E09EC8A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC42ED8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="8" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A45DD9A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="171"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Contribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4748" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="35531B36" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="46B47DDF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1012"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5BBDED" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39920AE9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B95002" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A3F1B85" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="320F7909" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="126"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16A31F32" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4748" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF07B3D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Written Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="3469B9DB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3280" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="154D9C05" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0085">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1169" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6734A5" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5B8D0F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4748" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="623F6099" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Written Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="7AA17DC5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10864" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="570BCC17" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="12" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="6AEE08C0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4449" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2062F298" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Content</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0166CC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="416"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D14EB7" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="7" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC59B92" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="4838BAE9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4449" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D2B05A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C4373F" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="638861D2" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="021DB1C0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="211CC814" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4449" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="43676446" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Out-of-Class</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Work</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1667" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="707EA3EC" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4563946A" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="18416DC4" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="683472DE" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00E20893">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="566" w:bottom="280" w:left="283" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0038070C" w:rsidSect="00DE5131">
-[...1 lines deleted...]
-      <w:pgMar w:top="899" w:right="849" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4448"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="2473"/>
+        <w:gridCol w:w="2274"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E20893" w14:paraId="44416685" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F27930D" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Midterm Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4142D8" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2473" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EAE529B" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A3BAC9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="43CE510E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C06CA52" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC" w:rsidP="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Exam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8C62A3" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B0DF8E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="15"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="137D2A59" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="10" w:right="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="6AE95CD6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D084CD1" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:right="92"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Total:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2277D9C0" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="66CB0A24" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="159B5F87" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:right="92"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04AC732C" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E20893" w14:paraId="4FBC0166" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1650F8E6" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ECTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Credit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B693FA9" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="007C0085">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72"/>
+              <w:ind w:left="10" w:right="1"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7A8E7912" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="00E20893">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00E20893">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="566" w:bottom="280" w:left="283" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46C7B1A2" w14:textId="77777777" w:rsidR="005214BC" w:rsidRDefault="005214BC"/>
+    <w:sectPr w:rsidR="005214BC">
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1280" w:right="566" w:bottom="280" w:left="283" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="65E0D56F" w14:textId="77777777" w:rsidR="002E052B" w:rsidRDefault="002E052B">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3E3B006D" w14:textId="77777777" w:rsidR="002E052B" w:rsidRDefault="002E052B">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...26 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-      </w:pPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="692BD9CE" w14:textId="77777777" w:rsidR="002E052B" w:rsidRDefault="002E052B">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5545061E" w14:textId="77777777" w:rsidR="002E052B" w:rsidRDefault="002E052B">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B6AA31E" w14:textId="77777777" w:rsidR="00E20893" w:rsidRDefault="005214BC">
+    <w:pPr>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...1 lines deleted...]
-        <w:color w:val="0000FF"/>
+        <w:b w:val="0"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
-    </w:lvl>
-[...123 lines deleted...]
-      </w:pPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...1 lines deleted...]
-        <w:color w:val="0000FF"/>
+        <w:b w:val="0"/>
+        <w:noProof/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
       </w:rPr>
-    </w:lvl>
-[...2000 lines deleted...]
-</w:numbering>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487179776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7399B4C4" wp14:editId="6AB8ABCD">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>2804609</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>331672</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1966935" cy="390448"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Image 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Image 1"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1966935" cy="390448"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...168 lines deleted...]
-    <w:rsid w:val="00FF795B"/>
+    <w:rsidRoot w:val="00E20893"/>
+    <w:rsid w:val="002E052B"/>
+    <w:rsid w:val="005214BC"/>
+    <w:rsid w:val="005D7357"/>
+    <w:rsid w:val="00660C21"/>
+    <w:rsid w:val="006648AA"/>
+    <w:rsid w:val="007C0085"/>
+    <w:rsid w:val="009E7830"/>
+    <w:rsid w:val="00C1294B"/>
+    <w:rsid w:val="00C473C2"/>
+    <w:rsid w:val="00E20893"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1E6F16A9"/>
+  <w14:docId w14:val="2B1D75F9"/>
+  <w15:docId w15:val="{4AE34EBE-76B5-443F-8106-A1DBBE4CC7B0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...2 lines deleted...]
-    <w:rsid w:val="00E67127"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...2 lines deleted...]
-    <w:rsid w:val="00E23A83"/>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="007C0085"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...594 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...18 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cag.edu.tr/murat-gulmez" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fatihkoc@cag.edu.tr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekadirozekenci@cag.edu.tr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10133,86 +9881,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -10345,99 +10091,87 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3585</Characters>
+  <Pages>5</Pages>
+  <Words>818</Words>
+  <Characters>4664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Cag University</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4205</CharactersWithSpaces>
+  <CharactersWithSpaces>5472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>Samsung</dc:creator>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords>, docId:DDEEBE50925ABF753B7AE453E6985F1B</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-04T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word Microsoft 365 için</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-03-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word Microsoft 365 için</vt:lpwstr>
+  </property>
+</Properties>
+</file>