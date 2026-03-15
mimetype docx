--- v0 (2025-10-06)
+++ v1 (2026-03-15)
@@ -1,56 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="909"/>
         <w:gridCol w:w="978"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="1074"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00482527" w:rsidRPr="00EC7C61" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
@@ -668,68 +667,113 @@
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="77777777" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00400425" w:rsidP="00400425">
+          <w:p w14:paraId="40C618F0" w14:textId="7621E9EE" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00400425" w:rsidP="00400425">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0080646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Compulsory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0080646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/3</w:t>
+            </w:r>
+            <w:r w:rsidR="0080646A" w:rsidRPr="0080646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r w:rsidR="0080646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0080646A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>semester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00400425" w:rsidRPr="00EC7C61" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5401" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00400425" w:rsidP="00400425">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1039,72 +1083,72 @@
               </w:rPr>
               <w:t>Wed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 13.00 – 15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E51361" w14:textId="07D22EBD" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00400425" w:rsidP="00400425">
+          <w:p w14:paraId="59E51361" w14:textId="07D22EBD" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="008E5BE2" w:rsidP="00400425">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="00EC7C61">
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="00400425" w:rsidRPr="00EC7C61">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ufukkocatepe@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r w:rsidR="00400425" w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00400425" w:rsidRPr="00EC7C61" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00400425" w:rsidP="00400425">
@@ -12585,74 +12629,74 @@
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Press</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="00EC7C61">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://apastyle.apa.org/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="06D75E96" w14:textId="0214E27F" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="06D75E96" w14:textId="0214E27F" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="008E5BE2" w:rsidP="00EC7C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00EC7C61">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00EC7C61" w:rsidRPr="00EC7C61">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://ulakbim.gov.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00400425" w:rsidRPr="00EC7C61" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00400425" w:rsidRPr="00EC7C61" w:rsidRDefault="00400425" w:rsidP="00400425">
@@ -12891,177 +12935,195 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="0FD310CC" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="5888FADE" w14:textId="413B1A0F" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7C61" w:rsidRPr="00EC7C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001D3F8C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
-[...14 lines deleted...]
-              <w:t>Assignment</w:t>
+          <w:p w14:paraId="741351E7" w14:textId="4D4F38A7" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="007A599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2439FEE9" w14:textId="2F382925" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="2439FEE9" w14:textId="0F73FBFA" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF4EB03" w14:textId="188F2B6A" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="5FF4EB03" w14:textId="793F63FF" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7C61" w:rsidRPr="00EC7C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001D3F8C">
         <w:trPr>
@@ -13618,171 +13680,182 @@
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="00D37C6B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC74E3" w14:textId="599FA816" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="45DC74E3" w14:textId="213F61C9" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00795CD9" w:rsidP="00EC7C61">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Assignments</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EC7C61">
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC7C61" w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="357D0288" w14:textId="46C7D1D5" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="357D0288" w14:textId="6AE97E50" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="263CE63A" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="17D6DB9F" w14:textId="0912AAE0" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B42FCA" w14:textId="6507CD2D" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="28B42FCA" w14:textId="4D0BE4C5" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
-[...6 lines deleted...]
-              <w:t>20</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7C61" w:rsidRPr="00EC7C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="00034C0A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B25C38" w14:textId="79216FA2" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -13943,130 +14016,130 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Final Project </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1005A983" w14:textId="4717C87C" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="1005A983" w14:textId="2430FADF" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="007A599D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4444D1E5" w14:textId="767327BE" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="660F6F79" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="1F3506B9" w14:textId="5F66D557" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
-[...6 lines deleted...]
-              <w:t>30</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="00BE73A0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14077,70 +14150,80 @@
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="09567067" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="21B894EB" w14:textId="0D1B0E37" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>176</w:t>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="007A599D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="00BE73A0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -14153,69 +14236,89 @@
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="5422DFA1" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
+          <w:p w14:paraId="27F77D59" w14:textId="42767BF7" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="007A599D" w:rsidP="007A599D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC7C61">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>176/30 = 5,86</w:t>
+              <w:t>172</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7C61" w:rsidRPr="00EC7C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/30 = 5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="00BE73A0">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -14273,159 +14376,157 @@
           </w:tcPr>
           <w:p w14:paraId="6C524EC3" w14:textId="58EA16E0" w:rsidR="00EC7C61" w:rsidRPr="00EC7C61" w:rsidRDefault="00EC7C61" w:rsidP="00EC7C61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC7C61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00EC7C61" w:rsidRDefault="003A4CE2" w:rsidP="00F834DD">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00EC7C61" w:rsidRDefault="003A4CE2" w:rsidP="0080646A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00EC7C61" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ED1653B" w14:textId="77777777" w:rsidR="00BB186B" w:rsidRDefault="00BB186B" w:rsidP="0034027E">
+    <w:p w14:paraId="22B09938" w14:textId="77777777" w:rsidR="008E5BE2" w:rsidRDefault="008E5BE2" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="224FBE82" w14:textId="77777777" w:rsidR="00BB186B" w:rsidRDefault="00BB186B" w:rsidP="0034027E">
+    <w:p w14:paraId="5866BFC1" w14:textId="77777777" w:rsidR="008E5BE2" w:rsidRDefault="008E5BE2" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03C5D538" w14:textId="77777777" w:rsidR="00BB186B" w:rsidRDefault="00BB186B" w:rsidP="0034027E">
+    <w:p w14:paraId="335C7C41" w14:textId="77777777" w:rsidR="008E5BE2" w:rsidRDefault="008E5BE2" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00EC37F3" w14:textId="77777777" w:rsidR="00BB186B" w:rsidRDefault="00BB186B" w:rsidP="0034027E">
+    <w:p w14:paraId="682935E0" w14:textId="77777777" w:rsidR="008E5BE2" w:rsidRDefault="008E5BE2" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
@@ -14440,80 +14541,81 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="000712BA"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="0016726A"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
@@ -14569,70 +14671,74 @@
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
+    <w:rsid w:val="00795CD9"/>
+    <w:rsid w:val="007A599D"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="0080646A"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008E5BE2"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
@@ -14711,124 +14817,214 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="382978FE"/>
+  <w15:docId w15:val="{CCB99AFC-BE6E-4CBD-BA1D-467A471D37C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -14897,50 +15093,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -14987,505 +15287,66 @@
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
-    <w:name w:val="Grid Table 4 Accent 1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...436 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -15579,51 +15440,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:rsid w:val="00F74831"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00400425"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15959,55 +15820,57 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulakbim.gov.tr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulakbim.gov.tr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -16279,86 +16142,86 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4396</Characters>
+  <Pages>1</Pages>
+  <Words>772</Words>
+  <Characters>4405</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5157</CharactersWithSpaces>
+  <CharactersWithSpaces>5167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>