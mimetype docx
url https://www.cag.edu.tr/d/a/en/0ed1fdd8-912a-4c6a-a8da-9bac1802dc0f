--- v0 (2025-10-08)
+++ v1 (2026-03-15)
@@ -666,52 +666,50 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944F2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Compulsory/2.Year/Spring Semester EQF- Level </w:t>
             </w:r>
             <w:r w:rsidR="004C7AFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002508BB" w:rsidRPr="001B4DBF" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="001547EA">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="002508BB" w:rsidRPr="001B4DBF" w:rsidRDefault="002508BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4772,69 +4770,78 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069161E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="1562756A" w:rsidR="00287EDC" w:rsidRPr="0069161E" w:rsidRDefault="00287EDC" w:rsidP="00466279">
+          <w:p w14:paraId="5888FADE" w14:textId="404BF78E" w:rsidR="00287EDC" w:rsidRPr="0069161E" w:rsidRDefault="001141EE" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069161E">
-[...6 lines deleted...]
-              <w:t>25%</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidR="00287EDC" w:rsidRPr="0069161E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00287EDC" w:rsidRPr="001B4DBF" w:rsidRDefault="00287EDC" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287EDC" w:rsidRPr="001B4DBF" w14:paraId="4F6FD8BC" w14:textId="77777777" w:rsidTr="001547EA">
         <w:trPr>
           <w:trHeight w:val="397"/>
@@ -4887,69 +4894,80 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069161E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2D909B0D" w14:textId="29D1B3DF" w:rsidR="00287EDC" w:rsidRPr="0069161E" w:rsidRDefault="00287EDC" w:rsidP="00466279">
+          <w:p w14:paraId="2D909B0D" w14:textId="624F08EC" w:rsidR="00287EDC" w:rsidRPr="0069161E" w:rsidRDefault="001141EE" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0069161E">
-[...6 lines deleted...]
-              <w:t>25%</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00287EDC" w:rsidRPr="0069161E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="1F991964" w14:textId="6CEE35E5" w:rsidR="00287EDC" w:rsidRPr="001B4DBF" w:rsidRDefault="00287EDC" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7198,58 +7216,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="001B4DBF" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77DC8CE4" w14:textId="77777777" w:rsidR="00A33FC1" w:rsidRDefault="00A33FC1" w:rsidP="0034027E">
+    <w:p w14:paraId="7D7B025E" w14:textId="77777777" w:rsidR="00E123A1" w:rsidRDefault="00E123A1" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CE808CC" w14:textId="77777777" w:rsidR="00A33FC1" w:rsidRDefault="00A33FC1" w:rsidP="0034027E">
+    <w:p w14:paraId="4BD10F33" w14:textId="77777777" w:rsidR="00E123A1" w:rsidRDefault="00E123A1" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -7263,58 +7281,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C52A8FD" w14:textId="77777777" w:rsidR="00A33FC1" w:rsidRDefault="00A33FC1" w:rsidP="0034027E">
+    <w:p w14:paraId="16622CCE" w14:textId="77777777" w:rsidR="00E123A1" w:rsidRDefault="00E123A1" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09C083E4" w14:textId="77777777" w:rsidR="00A33FC1" w:rsidRDefault="00A33FC1" w:rsidP="0034027E">
+    <w:p w14:paraId="5400FB09" w14:textId="77777777" w:rsidR="00E123A1" w:rsidRDefault="00E123A1" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -7378,50 +7396,51 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00014C66"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="000252C4"/>
     <w:rsid w:val="000406E4"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
+    <w:rsid w:val="001141EE"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001547EA"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A098E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001B765B"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002508BB"/>
     <w:rsid w:val="00252D65"/>
     <w:rsid w:val="002540BC"/>
@@ -7596,50 +7615,51 @@
     <w:rsid w:val="00C83898"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA1E7D"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CA6F4D"/>
     <w:rsid w:val="00CB0F1B"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DE43D4"/>
     <w:rsid w:val="00DF43EC"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E07620"/>
+    <w:rsid w:val="00E123A1"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E44006"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA4F47"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC3333"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F3493C"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
@@ -9138,157 +9158,157 @@
                 <c:pt idx="8">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="177675264"/>
-        <c:axId val="167794304"/>
+        <c:axId val="165835264"/>
+        <c:axId val="139072000"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="177675264"/>
+        <c:axId val="165835264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167794304"/>
+        <c:crossAx val="139072000"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="167794304"/>
+        <c:axId val="139072000"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="177675264"/>
+        <c:crossAx val="165835264"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -9531,157 +9551,157 @@
                 <c:pt idx="8">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="229241856"/>
-        <c:axId val="167796032"/>
+        <c:axId val="165837312"/>
+        <c:axId val="139074304"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="229241856"/>
+        <c:axId val="165837312"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167796032"/>
+        <c:crossAx val="139074304"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="167796032"/>
+        <c:axId val="139074304"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="229241856"/>
+        <c:crossAx val="165837312"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -9912,157 +9932,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="228742656"/>
-        <c:axId val="167814272"/>
+        <c:axId val="221582336"/>
+        <c:axId val="235159552"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="228742656"/>
+        <c:axId val="221582336"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167814272"/>
+        <c:crossAx val="235159552"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="167814272"/>
+        <c:axId val="235159552"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="228742656"/>
+        <c:crossAx val="221582336"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10286,157 +10306,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="228744192"/>
-        <c:axId val="167816576"/>
+        <c:axId val="221583360"/>
+        <c:axId val="235161280"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="228744192"/>
+        <c:axId val="221583360"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167816576"/>
+        <c:crossAx val="235161280"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="167816576"/>
+        <c:axId val="235161280"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="228744192"/>
+        <c:crossAx val="221583360"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10748,51 +10768,51 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>574</Words>
   <Characters>3273</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>