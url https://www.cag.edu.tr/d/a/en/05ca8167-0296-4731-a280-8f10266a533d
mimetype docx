--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -10,76 +10,77 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="73735E30" w14:textId="77777777" w:rsidR="0099230C" w:rsidRPr="00A575C8" w:rsidRDefault="0099230C">
+    <w:p w14:paraId="73735E30" w14:textId="77777777" w:rsidR="0099230C" w:rsidRPr="00F01D29" w:rsidRDefault="0099230C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
-    <w:p w14:paraId="2BF15B8A" w14:textId="26753FD9" w:rsidR="0099230C" w:rsidRPr="00A575C8" w:rsidRDefault="00F1783E" w:rsidP="0099230C">
+    <w:p w14:paraId="2BF15B8A" w14:textId="26753FD9" w:rsidR="0099230C" w:rsidRPr="00F01D29" w:rsidRDefault="00F1783E" w:rsidP="0099230C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A575C8">
+      <w:r w:rsidRPr="00F01D29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B1F2CB0" wp14:editId="7602595D">
             <wp:extent cx="1309889" cy="1249680"/>
             <wp:effectExtent l="0" t="0" r="5080" b="7620"/>
             <wp:docPr id="4" name="Resim 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="akademisyen logo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
@@ -105,11081 +106,11512 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10967" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1233"/>
         <w:gridCol w:w="297"/>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="797"/>
         <w:gridCol w:w="577"/>
         <w:gridCol w:w="1310"/>
         <w:gridCol w:w="60"/>
         <w:gridCol w:w="48"/>
         <w:gridCol w:w="1026"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00A575C8" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00F01D29" w14:paraId="14062F1F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00A575C8" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="5D0A5F5F" w14:textId="4F6DF0E9" w:rsidR="005A2B8A" w:rsidRPr="00F01D29" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>SYLLABUS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71F9B79E" w14:textId="3E9C0DD3" w:rsidR="005A2B8A" w:rsidRPr="00A575C8" w:rsidRDefault="006D47E9" w:rsidP="004904EB">
+          <w:p w14:paraId="71F9B79E" w14:textId="3E9C0DD3" w:rsidR="005A2B8A" w:rsidRPr="00F01D29" w:rsidRDefault="006D47E9" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Faculty of </w:t>
             </w:r>
-            <w:r w:rsidR="0008663F" w:rsidRPr="00A575C8">
+            <w:r w:rsidR="0008663F" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Arts and Science</w:t>
             </w:r>
-            <w:r w:rsidR="001B4DBF" w:rsidRPr="00A575C8">
+            <w:r w:rsidR="001B4DBF" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00A575C8" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="00482527" w:rsidRPr="00F01D29" w14:paraId="478F0F2C" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4C4A8284" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="617DDC04" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="346E6C08" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0B333BF0" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E1663" w:rsidRPr="00A575C8" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="006E1663" w:rsidRPr="00F01D29" w14:paraId="374EF87D" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5645F289" w14:textId="0F05E182" w:rsidR="006E1663" w:rsidRPr="00A575C8" w:rsidRDefault="006E1663" w:rsidP="0080694E">
+          <w:p w14:paraId="5645F289" w14:textId="0F05E182" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="006E1663" w:rsidP="0080694E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>TDE 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="0B68B42F" w:rsidR="006E1663" w:rsidRPr="00A575C8" w:rsidRDefault="006E1663" w:rsidP="00203B21">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="54764CA8" w14:textId="0B68B42F" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="006E1663" w:rsidP="00203B21">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Post-Reading / AI: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparative Literature (Brand: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Publishing House)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5967AF88" w14:textId="7CBFE858" w:rsidR="006E1663" w:rsidRPr="00A575C8" w:rsidRDefault="006E1663" w:rsidP="00833C72">
+          <w:p w14:paraId="5967AF88" w14:textId="7CBFE858" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="006E1663" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2-2)3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5E0D3" w14:textId="6941807C" w:rsidR="006E1663" w:rsidRPr="00A575C8" w:rsidRDefault="006E1663" w:rsidP="00833C72">
+          <w:p w14:paraId="79C5E0D3" w14:textId="6941807C" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="006E1663" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00A575C8" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00F01D29" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Prerequisite Courses:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17141753" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00902960">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="17141753" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">SDG Focus Area: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="005FDD91" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="005FDD91" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4: Quality Education: Digital literacy, critical thinking, interdisciplinary approaches</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78C3A35E" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="78C3A35E" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5: Gender Equality: Textual analysis on cultural diversity and representation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="045F46FD" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="045F46FD" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9: Innovation: Coded narrative techniques, writing with digital culture</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="563300BF" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="563300BF" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10: Reducing Inequalities: An inclusive literary approach with texts from diverse cultures</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DB078FF" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7DB078FF" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>11: Sustainable Cultural Heritage: Translation, transmission, and literary interaction networks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="761ED821" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="761ED821" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>12: Responsible Production and Consumption</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18564FD2" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="18564FD2" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16: Peace, Justice, and Strong Institutions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4240D912" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4240D912" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17: Partnerships: Ethical authorship, conscious production with artificial intelligence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CD460B4" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4CD460B4" w14:textId="77777777" w:rsidR="00204E29" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Digital ethics, copyright, anonymity, and media responsibility</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15730A01" w14:textId="0A8EB914" w:rsidR="00B852DF" w:rsidRPr="00A575C8" w:rsidRDefault="00204E29" w:rsidP="00204E29">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="15730A01" w14:textId="0A8EB914" w:rsidR="00B852DF" w:rsidRPr="00F01D29" w:rsidRDefault="00204E29" w:rsidP="00204E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cultural production in partnership with publishing houses</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="640BECDB" w14:textId="3DFAA1F5" w:rsidR="00681162" w:rsidRPr="00A575C8" w:rsidRDefault="00681162" w:rsidP="00902960">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="640BECDB" w14:textId="3DFAA1F5" w:rsidR="00681162" w:rsidRPr="00F01D29" w:rsidRDefault="00681162" w:rsidP="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00A575C8" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="00902960">
+      <w:tr w:rsidR="001B4DBF" w:rsidRPr="00F01D29" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00A575C8" w:rsidRDefault="001B4DBF">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00F01D29" w:rsidRDefault="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3368" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485B0539" w14:textId="410883A2" w:rsidR="001B4DBF" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00833C72">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="485B0539" w14:textId="410883A2" w:rsidR="001B4DBF" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tukish</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3153" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00A575C8" w:rsidRDefault="001B4DBF">
+          <w:p w14:paraId="66E434B8" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00F01D29" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Delivery Mode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="082FB09F" w14:textId="2CEAB65A" w:rsidR="001B4DBF" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+          <w:p w14:paraId="082FB09F" w14:textId="2CEAB65A" w:rsidR="001B4DBF" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Face to Face</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00A575C8" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00F01D29" w14:paraId="0AB777A6" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3094351B" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Type and Level:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C618F0" w14:textId="691F4D64" w:rsidR="00681162" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="0060606D">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="40C618F0" w14:textId="691F4D64" w:rsidR="00681162" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="0060606D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Compulsory/ Undergraduate / </w:t>
             </w:r>
-            <w:r w:rsidR="0060606D" w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="0060606D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.Year / Fall Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00A575C8" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00902960">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00F01D29" w14:paraId="5EFC5230" w14:textId="77777777" w:rsidTr="00902960">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4979" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3B75C138" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Instructor's Title, Name, and Surname</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
+          <w:p w14:paraId="2F8257BD" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
+          <w:p w14:paraId="366CB1B2" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Office Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="02E9D0CF" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="0060606D">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="44256859" w14:textId="77777777" w:rsidTr="0060606D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4979" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E9F61A" w14:textId="3F931F59" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="10E9F61A" w14:textId="3F931F59" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Prof. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A92F4D2" w14:textId="3317BFFA" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="0060606D" w:rsidP="00833C72">
+          <w:p w14:paraId="7A92F4D2" w14:textId="3317BFFA" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="0060606D" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2727" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="002463CB" w:rsidP="000505DF">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00DB4A73" w:rsidP="000505DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00902960" w:rsidRPr="00A575C8">
+              <w:r w:rsidR="00902960" w:rsidRPr="00F01D29">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00833C72">
+          <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="7FB1DFE8" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6A20FEB0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Coordinator:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED79668" w14:textId="0A26824F" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="0034027E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0ED79668" w14:textId="0A26824F" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Prof. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="0541CFCD" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65E7B619" w14:textId="6F35BE56" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="65E7B619" w14:textId="6F35BE56" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Objectives</w:t>
             </w:r>
-            <w:r w:rsidR="004C213D" w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004C213D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="004C213D" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004C213D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This course, in the light of comparative literature theory and criticism, invites to rethink the classical theories of comparative literature with artificial intelligence-supported digital tools, while comparing their similarities and differences in terms of content and form, and exploring their interactions with each other, linguistic and cultural richness, and redefines the concept of "reading" in the digital age. It invites the students rethinking of the discipline of comparative literature through postcolonial and postmodern narratives, hyper-texts, digital narratives, by Al tools and codified literary forms. The course engages with </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="004C213D" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004C213D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intertextuality</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="004C213D" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004C213D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, visual-narrative strategies, and the evolving ontology of language across platforms and codes</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="004C213D" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="004C213D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>..</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="67AAE7E0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="48CDA278" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Learning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="13DEBBE0" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Upon successful completion of this course, the student will be able to;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="62DA3187" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="5E01F3BF" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
+          <w:p w14:paraId="228E626E" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7514" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4B62D892" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2A1B453D" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Program Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="733BF3B9" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Net Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="2D010E49" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0BF0C3D3" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="2E953C89" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40272B" w14:textId="50C42ADE" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="2E40272B" w14:textId="50C42ADE" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Relates comparative literary theories to contemporary examples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2B5677" w14:textId="2A7C43B8" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="6E2B5677" w14:textId="2A7C43B8" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA0F5C4" w14:textId="7C3EB764" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="0FA0F5C4" w14:textId="7C3EB764" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="347B549F" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1C8DD532" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="0838AE5E" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0185FF67" w14:textId="10AD6523" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="0185FF67" w14:textId="10AD6523" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Evaluates postmodern and postcolonial narratives using digital interpretation techniques.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA3CF30" w14:textId="0D0E7775" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="0CA3CF30" w14:textId="0D0E7775" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="035023D5" w14:textId="7F098E5B" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="035023D5" w14:textId="7F098E5B" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="66196677" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="7A6A165D" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="52E8E8A1" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4C314DDE" w14:textId="670DA510" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="4C314DDE" w14:textId="670DA510" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Analyzes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> and compares literary texts from different cultures using artificial intelligence tools.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1A850E46" w14:textId="2CA72482" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="1A850E46" w14:textId="2CA72482" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8157FC" w14:textId="233054FD" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="7D8157FC" w14:textId="233054FD" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="17CD7EDE" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="777CD040" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="0A4E0C1B" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="11823D3E" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="6F332E2A" w14:textId="11823D3E" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Conducts </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intertextual</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> critical analyses using </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> reading methods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="197EF09B" w14:textId="10392583" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="197EF09B" w14:textId="10392583" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="35E11ACA" w14:textId="7B60BD85" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="35E11ACA" w14:textId="7B60BD85" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="18A5A0F9" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4188C910" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="3796506B" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1C97D80A" w14:textId="4C74329D" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="1C97D80A" w14:textId="4C74329D" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Produces short digital texts that combine algorithmic and aesthetic structures.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0847AFD5" w14:textId="49539A97" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="0847AFD5" w14:textId="49539A97" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="41313AB2" w14:textId="275E75B0" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="41313AB2" w14:textId="275E75B0" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="695BF82F" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="251D2FEC" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="6BC444CD" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63906508" w14:textId="63CE4BE9" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="63906508" w14:textId="63CE4BE9" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Improves digital literacy skills and embraces ethical production principles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3580C7C9" w14:textId="6DD5AAD0" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="3580C7C9" w14:textId="6DD5AAD0" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16, 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="287D48BB" w14:textId="3906F183" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="287D48BB" w14:textId="3906F183" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="04AFC7E9" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="04AFC7E9" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE70984" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0AE70984" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C64D2C9" w14:textId="506F471D" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="5C64D2C9" w14:textId="506F471D" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22F74DF3" w14:textId="7B7448EC" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="22F74DF3" w14:textId="7B7448EC" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Develops self-awareness in the literary production process with artificial intelligence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="04763075" w14:textId="5A6C037B" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="04763075" w14:textId="5A6C037B" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17, 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="452DAF6D" w14:textId="7CCE7E2A" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="452DAF6D" w14:textId="7CCE7E2A" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00123948" w:rsidRPr="00A575C8" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="004467C4">
+      <w:tr w:rsidR="00123948" w:rsidRPr="00F01D29" w14:paraId="0D228A75" w14:textId="77777777" w:rsidTr="004467C4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
+          <w:p w14:paraId="084D2381" w14:textId="77777777" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1257CC14" w14:textId="58080551" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="1257CC14" w14:textId="58080551" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3CE84B" w14:textId="371E8E08" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="4D3CE84B" w14:textId="371E8E08" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Feels an aesthetic and ethical responsibility towards cultural diversity and the social impact of digital narratives.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="34A85499" w14:textId="18CB1476" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="34A85499" w14:textId="18CB1476" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="38C232C5" w14:textId="41DCA871" w:rsidR="00123948" w:rsidRPr="00A575C8" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="38C232C5" w14:textId="41DCA871" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="62178D78" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="01266AA6" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D60200" w14:textId="33742E5C" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00C153CE" w:rsidP="001B5C97">
+          <w:p w14:paraId="546502CD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00C153CE" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This course, entitled "Post-Reading /Al: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparative Literature", takes an interdisciplinary approach to the transformations experienced in the ways of production, reading and interpretation of literature in the age of artificial intelligence. Within the framework of the concept of "cross-codes", students can read literary texts not only between different languages or cultures; They will compare different code systems such as human and machine production, written and digital narratives, algorithmic and aesthetic structure. Based on post-reading theories, narrative, formal and ethical dimensions of artificial intelligence-supported texts will be discussed; The differences between literary examples produced by AI and classical texts will be </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>analyzed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>. The course aims to provide students with a space for both critical and creative thinking by combining theoretical readings with digital applications.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="64C43193" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Main Themes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55AEC205" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Post-Reading (Re-Reading, Re-writing) Approaches</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C56300E" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Silence, emptiness, the limit of language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="017E54B1" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beckett – Woolf – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Ağaoğlu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Encounters</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6683C857" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reading and Machine Aesthetics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68A99ABB" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Feminist, Environmental, and Ethical Readings</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D60200" w14:textId="4DA1D72B" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>AI-Aided Comparative Analysis</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="273CFF31" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="003208C3">
+          <w:p w14:paraId="3C9B273C" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="003208C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Schedule (Weekly Plan)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="2A31144A" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="6A16BED5" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="05A3EEE3" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Topic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="7D103774" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
+          <w:p w14:paraId="722C57CC" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Teaching Methods and Techniques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="37BF34B0" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="37E41301" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43B9E913" w14:textId="2B3DA79D" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00303549" w:rsidP="00466279">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="61EA705C" w14:textId="77777777" w:rsidR="00750DC9" w:rsidRPr="00F01D29" w:rsidRDefault="00750DC9" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Modül 1: Temel Kavramlar ve Post-Okuma (Hafta 1-4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43B9E913" w14:textId="53F8D983" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00303549" w:rsidP="00750DC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Reading, Traditional boundaries of Comparative Literature The concept of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...6 lines deleted...]
-              <w:t>: language, media-publishing, form, producer. With Academician Publishing House</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>: language, media-publishing, form, producer</w:t>
+            </w:r>
+            <w:r w:rsidR="00750DC9" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ith Academician Publishing House</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6770AE4B" w14:textId="77777777" w:rsidR="00303549" w:rsidRPr="00A575C8" w:rsidRDefault="00303549" w:rsidP="00303549">
+          <w:p w14:paraId="6770AE4B" w14:textId="77777777" w:rsidR="00303549" w:rsidRPr="00F01D29" w:rsidRDefault="00303549" w:rsidP="00303549">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Syllabus + Introduction</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E2F6454" w14:textId="68DB6D74" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00303549" w:rsidP="00303549">
+          <w:p w14:paraId="4E2F6454" w14:textId="68DB6D74" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00303549" w:rsidP="00303549">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The relationship between SDG and literature, Brand: Academician Publishing House Introduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B28CFF9" w14:textId="6227B01F" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00303549" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0B28CFF9" w14:textId="6227B01F" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00303549" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Concept map, literature review - curriculum review</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="6F2F8889" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="3D550460" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="5A8B3208" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00817452" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0195B8CF" w14:textId="5A8B3208" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00817452" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparative Literature? Post-reading and the concept of the reader, Comparative literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFA02F" w14:textId="29BD244D" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00817452" w:rsidP="00817452">
+          <w:p w14:paraId="67DFA02F" w14:textId="29BD244D" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00817452" w:rsidP="00817452">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, Why Comparative Literature? </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kadir</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Can </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dilber</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Comparative Literature" Barthes: "The Death of the Author", Stanley Fish "Reader-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Centered</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Criticism" Selections from David Damrosch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="091113C1" w14:textId="551C4745" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="003E108A" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="091113C1" w14:textId="551C4745" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="003E108A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Multimedia text analysis, concept analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="5F373E70" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="0D95DD2B" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="3A4A0C8F" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00E56583" w:rsidP="00466279">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="49527597" w14:textId="3A4A0C8F" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Narratives, Artificial Intelligence and Literature, Examples of AI-generated literature, Machine writing and originality, Algorithmic narratives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="288E1D12" w14:textId="77777777" w:rsidR="00E56583" w:rsidRPr="00A575C8" w:rsidRDefault="00E56583" w:rsidP="00E56583">
+          <w:p w14:paraId="288E1D12" w14:textId="77777777" w:rsidR="00E56583" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00E56583">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Analtı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Üzerine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B75F9D1" w14:textId="6EFE0DA8" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00E56583" w:rsidP="00E56583">
+          <w:p w14:paraId="7B75F9D1" w14:textId="6EFE0DA8" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00E56583">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Katherine </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hayles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – How We Think</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDD091" w14:textId="5D75B6CB" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00E56583" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="77FDD091" w14:textId="5D75B6CB" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Coded structure analysis, algorithmic narrative analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902960" w:rsidRPr="00A575C8" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00902960" w:rsidRPr="00F01D29" w14:paraId="38C8F85B" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="00902960" w:rsidP="00466279">
+          <w:p w14:paraId="656340F4" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBFAA8E" w14:textId="0BEF0C67" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="009C1029" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2BBFAA8E" w14:textId="0BEF0C67" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="009C1029" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">AI and Comparative critical reading Introduction to AI-assisted textual analysis (basic tools and techniques) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Intertextual</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparisons – Human vs. Artificial Authors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72FEE239" w14:textId="7310F0DD" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="009C1029" w:rsidP="00466279">
+          <w:p w14:paraId="72FEE239" w14:textId="7310F0DD" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="009C1029" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Barthes + AI syntheses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3739A057" w14:textId="48BEB6A0" w:rsidR="00902960" w:rsidRPr="00A575C8" w:rsidRDefault="009C1029" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3739A057" w14:textId="48BEB6A0" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="009C1029" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>AI-assisted text analysis - human vs. machine comparison</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00FC42B1">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="7C592F63" w14:textId="77777777" w:rsidTr="00FC42B1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="10EC913B" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8C3390" w14:textId="27FE7820" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5E8C3390" w14:textId="27FE7820" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Module 2: AI Literature Laboratory – Creative Wr</w:t>
             </w:r>
-            <w:r w:rsidR="007E3037">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="007E3037" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>iting and Application (Weeks 5-7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">) Exploring </w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intertextual</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> themes, motifs and visual codes with AI, the poetics of codes, machine vs. human</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="43A2FED1" w14:textId="50FFD64E" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="43A2FED1" w14:textId="50FFD64E" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">S. Murray – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Digital Literary Studies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F167A28" w14:textId="07E7D200" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5F167A28" w14:textId="07E7D200" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Integrating visual codes into text, creative writing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="58A7C5E3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="047BE786" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206DAB37" w14:textId="135760E5" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00B70E35" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="206DAB37" w14:textId="135760E5" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00B70E35" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>AI-assisted narrative analysis, structure and form studies, Creative writing workshop: Poetry/story/essay production with AI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A36C40" w14:textId="77777777" w:rsidR="00B70E35" w:rsidRPr="00A575C8" w:rsidRDefault="00B70E35" w:rsidP="00B70E35">
+          <w:p w14:paraId="05A36C40" w14:textId="77777777" w:rsidR="00B70E35" w:rsidRPr="00F01D29" w:rsidRDefault="00B70E35" w:rsidP="00B70E35">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Brand guest speaker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A4E24EA" w14:textId="697C8F1E" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00B70E35" w:rsidP="00B70E35">
+          <w:p w14:paraId="2A4E24EA" w14:textId="697C8F1E" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00B70E35" w:rsidP="00B70E35">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Digital publishing, Academician Publishing House guest speaker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12EAE6DF" w14:textId="78AB7B57" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00BE21D0" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="12EAE6DF" w14:textId="78AB7B57" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00BE21D0" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kitap</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>nesnesi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> vs. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>veri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>paketi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>üretim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>atölyesi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="6CA30A28" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="375F7D3E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65547CF4" w14:textId="7275B81F" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00BE21D0" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="65547CF4" w14:textId="7275B81F" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00BE21D0" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Homework / presentation / Project production and experimental writing in a laboratory environment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754A76C7" w14:textId="20983871" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00BE21D0" w:rsidP="00466279">
+          <w:p w14:paraId="754A76C7" w14:textId="20983871" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00BE21D0" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Selected text &amp; AI tools</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44BB9DD7" w14:textId="0AA2CE53" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00237DC3" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="44BB9DD7" w14:textId="0AA2CE53" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00237DC3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Micro-analysis, creative presentation, laboratory environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="27BFB469" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="45C9A48E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="63BAB785" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="0D1F64A7" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="08650D66" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="2150C488" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="305D5438" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0774A7A9" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="67B97828" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="3290497C" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="645FD6BD" w14:textId="1E103C9C" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="007E3037" w:rsidP="007E3037">
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="645FD6BD" w14:textId="1E103C9C" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="007E3037" w:rsidP="007E3037">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Module 3: The Publishing and Presentation Process (Weeks 10-12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676E4E" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Comparative text analyses with AI, preparations for an end-of-term open campus competition or online exhibition</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>Group projects</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, Group projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBDEF72" w14:textId="63909883" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="4BBDEF72" w14:textId="63909883" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Example: Shelley AI + Web examples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5097B9A3" w14:textId="76360DC3" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5097B9A3" w14:textId="76360DC3" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hyper-literature experience, open campus competition |</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="45EC7ED5" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="51437D7B" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2531C78E" w14:textId="3C1452E9" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00157BE6">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2531C78E" w14:textId="3C1452E9" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00157BE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Post-Reading Production</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, visiting </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kitabevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, The </w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Brand</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> of The course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="01C14D55" w14:textId="13D5864C" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00157BE6">
+          <w:p w14:paraId="01C14D55" w14:textId="13D5864C" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00157BE6">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Twine, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Canva</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, Notion, etc.</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kitabevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC078F0" w14:textId="3168CC12" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00157BE6">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6FC078F0" w14:textId="3168CC12" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00157BE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Student-preferred platforms application </w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> creativity</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00CC3F3D" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00157BE6" w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00157BE6" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Publishing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="25DD7FE9" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCA94A9" w14:textId="7FAEE386" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="1CCA94A9" w14:textId="7FAEE386" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22B5E4B9" w14:textId="172C6433" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="22B5E4B9" w14:textId="172C6433" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Coded Comparison: Text + Visual, Brand-Academic Publishing house collaboration, professional publishing processes, project production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37145211" w14:textId="1F77D747" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="37145211" w14:textId="1F77D747" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Student examples, AI tools</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="219D2D3F" w14:textId="2865E76F" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="219D2D3F" w14:textId="2865E76F" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Visual &amp; textual adaptation, publishing process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="034432ED" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="3D80E60F" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1506B42E" w14:textId="7F08A4A4" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="007E3037" w:rsidP="007E3037">
-[...21 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1506B42E" w14:textId="7F08A4A4" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="007E3037" w:rsidP="007E3037">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Module 4: Workshops (Weeks 13-16)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...50 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00676E4E" w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project Workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3AFD50" w14:textId="538A896C" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="3D3AFD50" w14:textId="538A896C" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Drafts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1B14AD2C" w14:textId="686C6331" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1B14AD2C" w14:textId="686C6331" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Individual mentoring and feedback sessions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="7FF5CB9F" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="6A625B94" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A60206C" w14:textId="174C1E62" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5A60206C" w14:textId="174C1E62" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Project Workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34C8B00B" w14:textId="04C6CAC8" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="34C8B00B" w14:textId="04C6CAC8" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Draft work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1216638D" w14:textId="21262EC9" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1216638D" w14:textId="21262EC9" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Individual mentoring and feedback sessions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="77110B03" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="139183D5" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="507B399A" w14:textId="5E3654EA" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="507B399A" w14:textId="5E3654EA" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Presentations &amp; Evaluations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="225D9DC4" w14:textId="595E0643" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="225D9DC4" w14:textId="595E0643" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Completed work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7A335A" w14:textId="50DDA2A5" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7C7A335A" w14:textId="50DDA2A5" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Fairground or digital exhibition environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00676E4E" w:rsidRPr="00A575C8" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="007271E0">
+      <w:tr w:rsidR="00676E4E" w:rsidRPr="00F01D29" w14:paraId="11CE4BFD" w14:textId="77777777" w:rsidTr="007271E0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="63E07417" w14:textId="77777777" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34D275E4" w14:textId="65648181" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="34D275E4" w14:textId="65648181" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Future perspectives, student reports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="09017603" w14:textId="07232D9B" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+          <w:p w14:paraId="09017603" w14:textId="07232D9B" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Completed work, suggestions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1818FDD3" w14:textId="61B574AC" w:rsidR="00676E4E" w:rsidRPr="00A575C8" w:rsidRDefault="00676E4E" w:rsidP="00466279">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1818FDD3" w14:textId="61B574AC" w:rsidR="00676E4E" w:rsidRPr="00F01D29" w:rsidRDefault="00676E4E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Discussions, feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00F7162D" w:rsidRPr="00F01D29" w14:paraId="0003BC82" w14:textId="77777777" w:rsidTr="008D2C00">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="3245F590" w14:textId="77777777" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40EA682F" w14:textId="11FC9E4F" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3">
-[...24 lines deleted...]
-              <w:t>- Project</w:t>
+          <w:p w14:paraId="40EA682F" w14:textId="11FC9E4F" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Exam- Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7BABA8DD" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="7BABA8DD" w14:textId="2E78E46C" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Upload</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="037A25AB" w14:textId="6EDFBF77" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Evaluation – Feedback</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00F7162D" w:rsidRPr="00F01D29" w14:paraId="0CD3D985" w14:textId="77777777" w:rsidTr="008D2C00">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          <w:p w14:paraId="2A638139" w14:textId="77777777" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466131D0" w14:textId="3389B51A" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3">
-[...24 lines deleted...]
-              <w:t>-Project</w:t>
+          <w:p w14:paraId="466131D0" w14:textId="3389B51A" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Exam-Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="19C0D284" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="19C0D284" w14:textId="28136D34" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Upload</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="1558DAF0" w14:textId="0C511D37" w:rsidR="00F7162D" w:rsidRPr="00F01D29" w:rsidRDefault="00F7162D" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Evaluation – Feedback</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="2F5EF0F2" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="0009745F">
+          <w:p w14:paraId="364C7CDD" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="18511C52" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="684E3267" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Textbook:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C322ED" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="76C322ED" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kadir</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Can </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dilber</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ED.)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Karşılaştırmalı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kuram</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Uygulama</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Ankara, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kitabevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="371FD576" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="371FD576" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Neden</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> mi </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Karşılaştırmalı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?", Adana, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Çukurova</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Üniversitesi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, November 2006</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B4CD0FB" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5B4CD0FB" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Üzerine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Anlatı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kitabevi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, 2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CFA011B" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2CFA011B" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sivri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Karşılaştırmalı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kültürel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Çalışmalar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> I</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Günce</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yayınları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, 2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E092D12" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0E092D12" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">David Damrosch, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">What Is World </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>literatüre</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="1112D13A" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1112D13A" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Roland Barthes, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yazarın</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ölümü</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="19F14EB4" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="19F14EB4" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">J.H. Murray, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Digital Literary Studies</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5964FE72" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5964FE72" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Zamana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Vuran</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dalgalar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yitik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ülke</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Yayınları</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="1AF085FE" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="00466279">
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1AF085FE" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="0F5447FC" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7AB82E5B" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Recommended References:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7518" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="779EF412" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="779EF412" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Elmas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Şahin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "On Comparative Literature",  </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00A575C8">
+              <w:r w:rsidRPr="00F01D29">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>International Journal of Literature and Arts</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, Volume 4, Issue 1-1, January 2016,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2806510C" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stanley Fish, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Okur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Odaklı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Eleştiri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1560129A" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N. Katharine </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Hayles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>How We-Think?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21B65E3C" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Faruk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Bilir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Editör</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>Okur</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Yapay</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>Odaklı</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Zekâ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>Eleştiri</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Teknolojilerine</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">N. Katharine </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t>Hayles</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Akademik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Bakış</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C49F7CA" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paul Van </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Tieghem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Comparative literature / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mukayeseli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Edebiyat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CB3F1F9" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Wellek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Warren, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theory of Literature / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Edebiyat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Kuramı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E56C562" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Elmas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Şahin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Historical and Critical Survey of Comparative Literature in Turkey", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Türkçe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Edebiyat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Kültür</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Eğitim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dergisi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: 6/4, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Aralık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DF180A" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Elmas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Şahin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, "Comparative literature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>universities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Turkey: theory, application, development and Trends", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t>Faruk</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Türkçe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t>Bilir</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Edebiyat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> (</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t>Editör</w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Kültür</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">), </w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-              <w:t>Yapay</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Eğitim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-[...705 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (TEKE) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A575C8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Dergisi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A575C8">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 10 (1) , 124-138 . </w:t>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 (1) , 124-138 .</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00A575C8">
+              <w:r w:rsidRPr="00F01D29">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
-                  <w:sz w:val="22"/>
-                  <w:szCs w:val="22"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>https://dergipark.org.tr/en/pub/teke/issue/60878/902703</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="16AA36DD" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00A575C8" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
-[...17 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="16AA36DD" w14:textId="77777777" w:rsidR="00AC5C35" w:rsidRPr="00F01D29" w:rsidRDefault="00AC5C35" w:rsidP="00AC5C35">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06D75E96" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="330E6416" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="0009745F">
+          <w:p w14:paraId="2F5A3776" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Assessment and Evaluation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="6BF8850D" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4A227F00" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="286F0921" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="46BE0091" w14:textId="40FA5A4B" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Percentile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="0228A2C1" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00177198">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="00F394BD" w14:textId="77777777" w:rsidTr="00177198">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="381533BE" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>Midterm Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="206EDFB6" w14:textId="1E79A18E" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="206EDFB6" w14:textId="1E79A18E" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5888FADE" w14:textId="3B3798BB" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="5888FADE" w14:textId="3B3798BB" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1A0D07DE" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="00177198">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="67EFC2DC" w14:textId="77777777" w:rsidTr="00177198">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1B9DB5E8" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0C58554F" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="0C58554F" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="33CD7661" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="33CD7661" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="00177198">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="00177198">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2439FEE9" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="2439FEE9" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF4EB03" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="5FF4EB03" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="00177198">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="00177198">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5C386AF4" w14:textId="5EEB1719" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="5C386AF4" w14:textId="5EEB1719" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6BF518" w14:textId="7BE1F9C3" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="7B6BF518" w14:textId="7BE1F9C3" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="00177198">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="00177198">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFFE551" w14:textId="2737AC52" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="0CFFE551" w14:textId="2737AC52" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="500CFF36" w14:textId="1DDA90A5" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="500CFF36" w14:textId="1DDA90A5" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="00177198">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="00177198">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="50A41C7C" w14:textId="64EBCF06" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="50A41C7C" w14:textId="64EBCF06" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="42E598CA" w14:textId="45720527" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="42E598CA" w14:textId="45720527" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10967" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="0009745F">
+          <w:p w14:paraId="766AD46E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="0009745F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Table</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C378B3" w:rsidRPr="00A575C8" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="00C378B3" w:rsidRPr="00F01D29" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00A575C8" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="001B4DBF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37D822FB" w14:textId="425086A8" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="37D822FB" w14:textId="425086A8" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="79C2CCAD" w14:textId="264AC355" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="79C2CCAD" w14:textId="264AC355" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4133035B" w14:textId="1D3467BA" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="4133035B" w14:textId="1D3467BA" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Out-of-Class Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="00942B57" w14:textId="77467316" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="00942B57" w14:textId="77467316" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4F4D8B" w14:textId="64BA100C" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="4F4F4D8B" w14:textId="64BA100C" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="305EBC64" w14:textId="51067C58" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="305EBC64" w14:textId="51067C58" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC74E3" w14:textId="6C9ED945" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="45DC74E3" w14:textId="6C9ED945" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A575C8">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="357D0288" w14:textId="00DD0999" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="357D0288" w14:textId="00DD0999" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="3AC5ECF4" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="17D6DB9F" w14:textId="3AC5ECF4" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28B42FCA" w14:textId="56201339" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="28B42FCA" w14:textId="56201339" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="67FF27EF" w14:textId="278E5B0F" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="67FF27EF" w14:textId="278E5B0F" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="42ABE267" w14:textId="1B4810C3" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="42ABE267" w14:textId="1B4810C3" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57195671" w14:textId="36B7D92A" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="57195671" w14:textId="36B7D92A" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12A42939" w14:textId="4612EF4F" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="12A42939" w14:textId="4612EF4F" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECE207C" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="3ECE207C" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04C11868" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="04C11868" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="4D88A7C9" w14:textId="5F737560" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="4D88A7C9" w14:textId="5F737560" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0E99A2E3" w14:textId="6B6ACF3F" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="0E99A2E3" w14:textId="6B6ACF3F" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="370AA247" w14:textId="7B9D88E3" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="370AA247" w14:textId="7B9D88E3" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="00AE0E81">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="00AE0E81">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1005A983" w14:textId="659966F8" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="1005A983" w14:textId="659966F8" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4444D1E5" w14:textId="491037B2" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="4444D1E5" w14:textId="491037B2" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3506B9" w14:textId="0E358E52" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00466279">
+          <w:p w14:paraId="1F3506B9" w14:textId="0E358E52" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="009A6D0D">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="009A6D0D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00EC693D">
+          <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="5597C686" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00D41B6B">
+          <w:p w14:paraId="21B894EB" w14:textId="5597C686" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="009A6D0D">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="009A6D0D">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00EC693D">
+          <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="3AA7F88B" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00D41B6B">
+          <w:p w14:paraId="27F77D59" w14:textId="3AA7F88B" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>=196/30=6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24625" w:rsidRPr="00A575C8" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="009A6D0D">
+      <w:tr w:rsidR="00B24625" w:rsidRPr="00F01D29" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="009A6D0D">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00EC693D">
+          <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ECTS Credit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="58F6BB9F" w:rsidR="00B24625" w:rsidRPr="00A575C8" w:rsidRDefault="00B24625" w:rsidP="00D41B6B">
+          <w:p w14:paraId="6C524EC3" w14:textId="58F6BB9F" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00A575C8" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00A575C8" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A575C8">
+      <w:r w:rsidRPr="00F01D29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00A575C8" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00F01D29" w14:paraId="381CC4E2" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00A575C8" w:rsidRDefault="00A409CF">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Past Term Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00A575C8" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00F01D29" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00A575C8" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+          <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F14C64E" wp14:editId="53E565EE">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00A575C8" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="6E8F7166" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3086B60B" wp14:editId="02FA6EF5">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00A575C8" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00F01D29" w14:paraId="3D2DB275" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00A575C8" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="26B0E83B" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EC148A9" wp14:editId="66D46301">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00A575C8" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="6BC9F0F4" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A575C8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00A575C8" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00F01D29" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00A575C8" w:rsidSect="005A2B8A">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00F01D29" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="195551EC" w14:textId="77777777" w:rsidR="002463CB" w:rsidRDefault="002463CB" w:rsidP="0034027E">
+    <w:p w14:paraId="06F9B424" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7152E753" w14:textId="77777777" w:rsidR="002463CB" w:rsidRDefault="002463CB" w:rsidP="0034027E">
+    <w:p w14:paraId="4108FBD1" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -11194,58 +11626,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CD8890F" w14:textId="77777777" w:rsidR="002463CB" w:rsidRDefault="002463CB" w:rsidP="0034027E">
+    <w:p w14:paraId="7213F5F5" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6211AC80" w14:textId="77777777" w:rsidR="002463CB" w:rsidRDefault="002463CB" w:rsidP="0034027E">
+    <w:p w14:paraId="76C37073" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -11464,74 +11896,76 @@
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="0060606D"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00676E4E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006B4F48"/>
     <w:rsid w:val="006D2277"/>
     <w:rsid w:val="006D414F"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="006E1663"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="00750DC9"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007E3037"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="0080694E"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="00817452"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C2EED"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00902960"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00924329"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="0099230C"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009A4E80"/>
     <w:rsid w:val="009C1029"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A409CF"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A575C8"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
@@ -11562,89 +11996,94 @@
     <w:rsid w:val="00C378B3"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CC3F3D"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00CF1D6F"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D70CA1"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB4A73"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E56583"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E8745A"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F01D29"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F1783E"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F66806"/>
+    <w:rsid w:val="00F7162D"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FF4955"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -13110,157 +13549,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="261108224"/>
-        <c:axId val="294184064"/>
+        <c:axId val="167462912"/>
+        <c:axId val="33309248"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="261108224"/>
+        <c:axId val="167462912"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="294184064"/>
+        <c:crossAx val="33309248"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="294184064"/>
+        <c:axId val="33309248"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="261108224"/>
+        <c:crossAx val="167462912"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13493,157 +13932,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="260948480"/>
-        <c:axId val="294185216"/>
+        <c:axId val="167461888"/>
+        <c:axId val="242619456"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="260948480"/>
+        <c:axId val="167461888"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="294185216"/>
+        <c:crossAx val="242619456"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="294185216"/>
+        <c:axId val="242619456"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="260948480"/>
+        <c:crossAx val="167461888"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13876,157 +14315,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="261107712"/>
-        <c:axId val="294186944"/>
+        <c:axId val="167491584"/>
+        <c:axId val="33316160"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="261107712"/>
+        <c:axId val="167491584"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="294186944"/>
+        <c:crossAx val="33316160"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="294186944"/>
+        <c:axId val="33316160"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="261107712"/>
+        <c:crossAx val="167491584"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14252,157 +14691,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="260948992"/>
-        <c:axId val="294188672"/>
+        <c:axId val="138805248"/>
+        <c:axId val="33350784"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="260948992"/>
+        <c:axId val="138805248"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="294188672"/>
+        <c:crossAx val="33350784"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="294188672"/>
+        <c:axId val="33350784"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="260948992"/>
+        <c:crossAx val="138805248"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14725,73 +15164,73 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1384</Words>
-  <Characters>7890</Characters>
+  <Words>1441</Words>
+  <Characters>8218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9256</CharactersWithSpaces>
+  <CharactersWithSpaces>9640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>