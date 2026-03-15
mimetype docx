--- v1 (2025-11-16)
+++ v2 (2026-03-15)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="73735E30" w14:textId="77777777" w:rsidR="0099230C" w:rsidRPr="00F01D29" w:rsidRDefault="0099230C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
     <w:p w14:paraId="2BF15B8A" w14:textId="26753FD9" w:rsidR="0099230C" w:rsidRPr="00F01D29" w:rsidRDefault="00F1783E" w:rsidP="0099230C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F01D29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B1F2CB0" wp14:editId="7602595D">
             <wp:extent cx="1309889" cy="1249680"/>
             <wp:effectExtent l="0" t="0" r="5080" b="7620"/>
             <wp:docPr id="4" name="Resim 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -392,100 +392,100 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>TDE 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="0B68B42F" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="006E1663" w:rsidP="00203B21">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F01D29">
+          <w:p w14:paraId="54764CA8" w14:textId="71B9F03C" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="00AF1523" w:rsidP="00203B21">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Post-Reading / AI: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F01D29">
-[...6 lines deleted...]
-              <w:t>Intercode</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Intercodal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F01D29">
+            <w:r w:rsidR="006E1663" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparative Literature (Brand: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F01D29">
+            <w:r w:rsidR="006E1663" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Akademisyen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F01D29">
+            <w:r w:rsidR="006E1663" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Publishing House)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5967AF88" w14:textId="7CBFE858" w:rsidR="006E1663" w:rsidRPr="00F01D29" w:rsidRDefault="006E1663" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -1330,51 +1330,51 @@
           </w:tcPr>
           <w:p w14:paraId="72C71106" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2727" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00DB4A73" w:rsidP="000505DF">
+          <w:p w14:paraId="26CCA1DE" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="000F253D" w:rsidP="000505DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00902960" w:rsidRPr="00F01D29">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="59E51361" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00902960" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2264,98 +2264,107 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F332E2A" w14:textId="11823D3E" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
+          <w:p w14:paraId="6F332E2A" w14:textId="77D4B0D8" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Conducts </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intertextual</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> critical analyses using </w:t>
+              <w:t xml:space="preserve"> c</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1523">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ritical analyses using </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F01D29">
-[...6 lines deleted...]
-              <w:t>intercode</w:t>
+            <w:r w:rsidR="00AF1523">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>intercodal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> reading methods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="197EF09B" w14:textId="10392583" w:rsidR="00123948" w:rsidRPr="00F01D29" w:rsidRDefault="00123948" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2984,83 +2993,94 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Course Content:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="546502CD" w14:textId="77777777" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00C153CE" w:rsidP="001B5C97">
+          <w:p w14:paraId="546502CD" w14:textId="2397E1D1" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00C153CE" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">This course, entitled "Post-Reading /Al: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Intercode</w:t>
+              <w:t>Intercod</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1523">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>al</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparative Literature", takes an interdisciplinary approach to the transformations experienced in the ways of production, reading and interpretation of literature in the age of artificial intelligence. Within the framework of the concept of "cross-codes", students can read literary texts not only between different languages or cultures; They will compare different code systems such as human and machine production, written and digital narratives, algorithmic and aesthetic structure. Based on post-reading theories, narrative, formal and ethical dimensions of artificial intelligence-supported texts will be discussed; The differences between literary examples produced by AI and classical texts will be </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>analyzed</w:t>
             </w:r>
@@ -3498,68 +3518,77 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Modül 1: Temel Kavramlar ve Post-Okuma (Hafta 1-4)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43B9E913" w14:textId="53F8D983" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00303549" w:rsidP="00750DC9">
+          <w:p w14:paraId="43B9E913" w14:textId="5679C8C7" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00303549" w:rsidP="00AF1523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Intercode</w:t>
+              <w:t>Intercod</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1523">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>al</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Reading, Traditional boundaries of Comparative Literature The concept of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>intercode</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3691,80 +3720,80 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0195B8CF" w14:textId="5A8B3208" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00817452" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F01D29">
+          <w:p w14:paraId="0195B8CF" w14:textId="1DB9D0C0" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00AF1523" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F01D29">
-[...6 lines deleted...]
-              <w:t>Intercode</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Intercodal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F01D29">
+            <w:r w:rsidR="00817452" w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comparative Literature? Post-reading and the concept of the reader, Comparative literature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67DFA02F" w14:textId="29BD244D" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00817452" w:rsidP="00817452">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -3967,78 +3996,98 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49527597" w14:textId="3A4A0C8F" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00466279">
+          <w:p w14:paraId="49527597" w14:textId="5485F7DA" w:rsidR="00902960" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00AF1523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Intercode</w:t>
+              <w:t>Intercod</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF1523">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>al</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Narratives, Artificial Intelligence and Literature, Examples of AI-generated literature, Machine writing and originality, Algorithmic narratives</w:t>
+              <w:t xml:space="preserve"> Narratives, Artificial Intelligence and Literature, Examples </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00F01D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>of AI-generated literature, Machine writing and originality, Algorithmic narratives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="288E1D12" w14:textId="77777777" w:rsidR="00E56583" w:rsidRPr="00F01D29" w:rsidRDefault="00E56583" w:rsidP="00E56583">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -5053,51 +5102,50 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0078D606" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B7484C" w14:textId="77777777" w:rsidR="00C378B3" w:rsidRPr="00F01D29" w:rsidRDefault="00C378B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -9880,51 +9928,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6B8397" w14:textId="77777777" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="50A41C7C" w14:textId="64EBCF06" w:rsidR="00B24625" w:rsidRPr="00F01D29" w:rsidRDefault="00B24625" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -11324,51 +11371,50 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501B085D" w14:textId="77777777" w:rsidR="001C134A" w:rsidRPr="00F01D29" w:rsidRDefault="00A409CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Past Term Achievements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00F01D29" w14:paraId="0FFE37D7" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B9D78F" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00F01D29" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -11534,84 +11580,83 @@
             <w:r w:rsidRPr="00F01D29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079096D0" wp14:editId="7471AC73">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00F01D29" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00F01D29" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06F9B424" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
+    <w:p w14:paraId="1CD53802" w14:textId="77777777" w:rsidR="000F253D" w:rsidRDefault="000F253D" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4108FBD1" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
+    <w:p w14:paraId="37150072" w14:textId="77777777" w:rsidR="000F253D" w:rsidRDefault="000F253D" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -11626,58 +11671,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7213F5F5" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
+    <w:p w14:paraId="5F92252C" w14:textId="77777777" w:rsidR="000F253D" w:rsidRDefault="000F253D" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76C37073" w14:textId="77777777" w:rsidR="00DB4A73" w:rsidRDefault="00DB4A73" w:rsidP="0034027E">
+    <w:p w14:paraId="5E6BA650" w14:textId="77777777" w:rsidR="000F253D" w:rsidRDefault="000F253D" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -11761,79 +11806,81 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="5760720" cy="5760720"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="0008663F"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F253D"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00123948"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="00157059"/>
     <w:rsid w:val="00157BE6"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00203B21"/>
     <w:rsid w:val="00204E29"/>
     <w:rsid w:val="00212A30"/>
@@ -11950,50 +11997,51 @@
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00924329"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="0099230C"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009A4E80"/>
     <w:rsid w:val="009C1029"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A409CF"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A575C8"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00AC5C35"/>
     <w:rsid w:val="00AE5BF0"/>
+    <w:rsid w:val="00AF1523"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B24625"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B70E35"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B852DF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BE21D0"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C153CE"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C378B3"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
@@ -13549,157 +13597,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="167462912"/>
-        <c:axId val="33309248"/>
+        <c:axId val="165554176"/>
+        <c:axId val="40290560"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="167462912"/>
+        <c:axId val="165554176"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="33309248"/>
+        <c:crossAx val="40290560"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="33309248"/>
+        <c:axId val="40290560"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167462912"/>
+        <c:crossAx val="165554176"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13932,157 +13980,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="167461888"/>
-        <c:axId val="242619456"/>
+        <c:axId val="165553152"/>
+        <c:axId val="40294016"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="167461888"/>
+        <c:axId val="165553152"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="242619456"/>
+        <c:crossAx val="40294016"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="242619456"/>
+        <c:axId val="40294016"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167461888"/>
+        <c:crossAx val="165553152"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14315,157 +14363,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="167491584"/>
-        <c:axId val="33316160"/>
+        <c:axId val="165555200"/>
+        <c:axId val="40295744"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="167491584"/>
+        <c:axId val="165555200"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="33316160"/>
+        <c:crossAx val="40295744"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="33316160"/>
+        <c:axId val="40295744"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="167491584"/>
+        <c:crossAx val="165555200"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14691,157 +14739,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="138805248"/>
-        <c:axId val="33350784"/>
+        <c:axId val="165643776"/>
+        <c:axId val="160866304"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="138805248"/>
+        <c:axId val="165643776"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="33350784"/>
+        <c:crossAx val="160866304"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="33350784"/>
+        <c:axId val="160866304"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="138805248"/>
+        <c:crossAx val="165643776"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -15153,84 +15201,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1441</Words>
-  <Characters>8218</Characters>
+  <Words>1442</Words>
+  <Characters>8223</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9640</CharactersWithSpaces>
+  <CharactersWithSpaces>9646</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>