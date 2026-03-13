--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -480,72 +480,72 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>) 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5E0D3" w14:textId="70C1BF48" w:rsidR="00B306C5" w:rsidRPr="00C81CA2" w:rsidRDefault="00B306C5" w:rsidP="00B306C5">
+          <w:p w14:paraId="79C5E0D3" w14:textId="5345FB56" w:rsidR="00B306C5" w:rsidRPr="00C81CA2" w:rsidRDefault="00E9010A" w:rsidP="00B306C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81CA2">
-[...7 lines deleted...]
-              <w:t>6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B306C5" w:rsidRPr="00C81CA2" w14:paraId="388A8093" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9F945F" w14:textId="77777777" w:rsidR="00B306C5" w:rsidRPr="00C81CA2" w:rsidRDefault="00B306C5" w:rsidP="00B306C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -5663,1693 +5663,1583 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C432BAF" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="68F59A27" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C386AF4" w14:textId="6BD31467" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6BF518" w14:textId="79D38B77" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00464B05" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="3F5650EE" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741351E7" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
-[...17 lines deleted...]
-              <w:t>Assignment</w:t>
+          <w:p w14:paraId="38B4D944" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1233" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2439FEE9" w14:textId="13C0F065" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+          <w:p w14:paraId="0CFFE551" w14:textId="1BC298B9" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF4EB03" w14:textId="3634893F" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+          <w:p w14:paraId="500CFF36" w14:textId="439A5136" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00464B05" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>%10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4722" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E8BF09" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+          <w:p w14:paraId="1DA78998" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="4B8E99F3" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6B8397" w14:textId="5FEDBD53" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidR="00B473D5" w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A41C7C" w14:textId="1369BADD" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E598CA" w14:textId="77D3210C" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00464B05" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3127BADD" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
-[...17 lines deleted...]
-              <w:t>Presentation</w:t>
+          <w:p w14:paraId="0E4DE1BB" w14:textId="77777777" w:rsidR="00B473D5" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20832A95" w14:textId="77777777" w:rsidR="00B473D5" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F1617C3" w14:textId="77777777" w:rsidR="00B473D5" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58AADB2A" w14:textId="77777777" w:rsidR="00B473D5" w:rsidRPr="00C81CA2" w:rsidRDefault="00B473D5" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="766AD46E" w14:textId="6D9A6F40" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ECTS Table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6BF518" w14:textId="79D38B77" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00464B05" w:rsidP="0026503F">
+          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>%10</w:t>
-[...7 lines deleted...]
-            <w:gridSpan w:val="6"/>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A68D7B" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
-[...86 lines deleted...]
-          <w:p w14:paraId="500CFF36" w14:textId="439A5136" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00464B05" w:rsidP="0026503F">
+          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>%10</w:t>
+              <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-[...14 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="4E1E2B2A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Course Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2CCAD" w14:textId="09B6820F" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133035B" w14:textId="633FCC6B" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6B8397" w14:textId="5FEDBD53" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> Exam</w:t>
+          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Out-of-Class Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1233" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42E598CA" w14:textId="77D3210C" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00464B05" w:rsidP="0026503F">
+          <w:p w14:paraId="00942B57" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...18 lines deleted...]
-              <w:t>%50</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4F4D8B" w14:textId="39A82E59" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4722" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D234BC1" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="305EBC64" w14:textId="7C99F31C" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="7B64688F" w14:textId="77777777" w:rsidTr="001B4DBF">
-[...91 lines deleted...]
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="1B897090" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="239A27BC" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC74E3" w14:textId="1C9F5073" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="006D0FA3" w:rsidP="0026503F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Portfolio</w:t>
+            </w:r>
+            <w:r w:rsidR="0026503F" w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357D0288" w14:textId="2DF22E26" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="006D0FA3" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6DB9F" w14:textId="21FFC593" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="006D0FA3" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B42FCA" w14:textId="764B1FE5" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="006D0FA3" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="021622C4" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560C25AB" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
-[...18 lines deleted...]
-              <w:t>Content</w:t>
+          <w:p w14:paraId="6BF3187B" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0DE45E" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+          <w:p w14:paraId="67FF27EF" w14:textId="3B903815" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-              <w:t>Number</w:t>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFEBC6B" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+          <w:p w14:paraId="42ABE267" w14:textId="54B88FA3" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-              <w:t>Hours</w:t>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8F3FA5" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+          <w:p w14:paraId="57195671" w14:textId="4566C825" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:noProof/>
-[...13 lines deleted...]
-              <w:t>Total</w:t>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="5D14934C" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="7ED1FBB5" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B01311" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+          <w:p w14:paraId="26407A65" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Course Duration</w:t>
+              <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D822FB" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+          <w:p w14:paraId="12A42939" w14:textId="476B3E53" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C2CCAD" w14:textId="09B6820F" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
+          <w:p w14:paraId="3ECE207C" w14:textId="4D914693" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00E9010A" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81CA2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4133035B" w14:textId="633FCC6B" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
+          <w:p w14:paraId="04C11868" w14:textId="405F1483" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="3D6E270A" w14:textId="77777777" w:rsidTr="001B4DBF">
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="2E004008" w14:textId="77777777" w:rsidTr="001B4DBF">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B25C38" w14:textId="7460FCD1" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Midterm Exam (Midterm Exam Duration + Midterm Exam Preparation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D88A7C9" w14:textId="56DCC199" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99A2E3" w14:textId="573FBDB4" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="006D0FA3" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="370AA247" w14:textId="2300175F" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00E9010A" w:rsidP="0026503F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="504FBA74" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4682" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7963B142" w14:textId="77777777" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA53C42" w14:textId="3EE4C960" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Out-of-Class Study</w:t>
-[...152 lines deleted...]
-              <w:tab/>
+              <w:t>Final Exam (Final Exam Duration + Final Exam Preparation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="357D0288" w14:textId="0406EF51" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
+          <w:p w14:paraId="1005A983" w14:textId="10FE25CF" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17D6DB9F" w14:textId="1917A7E2" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
-[...127 lines deleted...]
-          <w:p w14:paraId="42ABE267" w14:textId="54B88FA3" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="002920E4" w:rsidP="0026503F">
+          <w:p w14:paraId="4444D1E5" w14:textId="0A266FAE" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="005201A2" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...413 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7367,51 +7257,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C81CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="4135CEFE" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DB0C66A" w14:textId="4F216B79" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7421,80 +7310,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Total:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21B894EB" w14:textId="5702CC00" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0041365E" w:rsidP="0026503F">
+          <w:p w14:paraId="21B894EB" w14:textId="217BA3E7" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00056749" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81CA2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>180</w:t>
+              <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="5C9094D3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4852B506" w14:textId="3F958874" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
@@ -7505,72 +7395,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Total / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F77D59" w14:textId="0CCDDCC4" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0041365E" w:rsidP="0026503F">
+          <w:p w14:paraId="27F77D59" w14:textId="76981B63" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00056749" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81CA2">
-[...8 lines deleted...]
-              <w:t>180/30</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>203</w:t>
+            </w:r>
+            <w:r w:rsidR="0041365E" w:rsidRPr="00C81CA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>=6,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0026503F" w:rsidRPr="00C81CA2" w14:paraId="2CA46DB3" w14:textId="77777777" w:rsidTr="001B4DBF">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9266" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AA4629" w14:textId="79ED3973" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0026503F" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -7589,72 +7501,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ECTS Credit:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C524EC3" w14:textId="509AF5C3" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="0041365E" w:rsidP="0026503F">
+          <w:p w14:paraId="6C524EC3" w14:textId="4904D80D" w:rsidR="0026503F" w:rsidRPr="00C81CA2" w:rsidRDefault="00056749" w:rsidP="0026503F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81CA2">
-[...8 lines deleted...]
-              <w:t>6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B11445E" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00C81CA2" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2078A9E9" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00C81CA2" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -7940,115 +7852,115 @@
     <w:p w14:paraId="4CF07066" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00C81CA2" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00C81CA2" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C2E7CD4" w14:textId="77777777" w:rsidR="00CD3C47" w:rsidRDefault="00CD3C47" w:rsidP="0034027E">
+    <w:p w14:paraId="31C75374" w14:textId="77777777" w:rsidR="00420DBE" w:rsidRDefault="00420DBE" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5146D531" w14:textId="77777777" w:rsidR="00CD3C47" w:rsidRDefault="00CD3C47" w:rsidP="0034027E">
+    <w:p w14:paraId="1ACE5ED8" w14:textId="77777777" w:rsidR="00420DBE" w:rsidRDefault="00420DBE" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FDAC5D1" w14:textId="77777777" w:rsidR="00CD3C47" w:rsidRDefault="00CD3C47" w:rsidP="0034027E">
+    <w:p w14:paraId="664F92D1" w14:textId="77777777" w:rsidR="00420DBE" w:rsidRDefault="00420DBE" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08FE8631" w14:textId="77777777" w:rsidR="00CD3C47" w:rsidRDefault="00CD3C47" w:rsidP="0034027E">
+    <w:p w14:paraId="0E030207" w14:textId="77777777" w:rsidR="00420DBE" w:rsidRDefault="00420DBE" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26C22E0E" w14:textId="77777777" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D6CB287" wp14:editId="1E098C02">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -8104,50 +8016,51 @@
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00056749"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="0009745F"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00126AEF"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00154070"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00170CC3"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B4DBF"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C134A"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
@@ -8163,87 +8076,89 @@
     <w:rsid w:val="002B2EDD"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E5199"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003208C3"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="0041365E"/>
+    <w:rsid w:val="00420DBE"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00444BF5"/>
     <w:rsid w:val="00464B05"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005201A2"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="0065015E"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006D0FA3"/>
     <w:rsid w:val="006D47E9"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="0080095C"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
@@ -8275,85 +8190,87 @@
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B306C5"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B473D5"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C1C"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C709EB"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C81CA2"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CD3C47"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DD6275"/>
     <w:rsid w:val="00DF7964"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E5438C"/>
     <w:rsid w:val="00E57B64"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9010A"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC5B80"/>
     <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -13316,75 +13233,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>822</Words>
-  <Characters>4692</Characters>
+  <Words>821</Words>
+  <Characters>4682</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5503</CharactersWithSpaces>
+  <CharactersWithSpaces>5493</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>